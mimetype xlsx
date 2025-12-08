--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -167,125 +167,128 @@
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>10.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>Jan Pešek</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>20.3.2023</t>
   </si>
   <si>
     <t>13.3.2023</t>
   </si>
   <si>
     <t>30.1.2023</t>
   </si>
   <si>
     <t>16.1.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>28.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>17.10.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
+    <t>Josef Kreutzer</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>Jiří Opatrný</t>
+  </si>
+  <si>
+    <t>Jakub Harmáček</t>
+  </si>
+  <si>
+    <t>29.9.2022</t>
+  </si>
+  <si>
+    <t>4.12.2021</t>
+  </si>
+  <si>
+    <t>27.11.2021</t>
+  </si>
+  <si>
+    <t>6.11.2021</t>
+  </si>
+  <si>
+    <t>2.10.2021</t>
+  </si>
+  <si>
+    <t>David Vincze</t>
+  </si>
+  <si>
+    <t>6.3.2023</t>
+  </si>
+  <si>
+    <t>20.2.2023</t>
+  </si>
+  <si>
+    <t>26.9.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
     <t>15.1.2022</t>
   </si>
   <si>
-    <t>Josef Kreutzer</t>
-[...40 lines deleted...]
-  <si>
     <t>František Bürger</t>
   </si>
   <si>
     <t>Roman Drugda</t>
   </si>
   <si>
     <t>17.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>25.11.2024</t>
   </si>
   <si>
     <t>18.11.2024</t>
   </si>
   <si>
     <t>30.9.2024</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
@@ -317,75 +320,72 @@
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>27.1.2022</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>13.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>Michal Drugda</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>2.11.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>5.3.2023</t>
   </si>
   <si>
-    <t>27.11.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Jáchym Kaas</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.2.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1367,233 +1367,233 @@
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="T11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="V11" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Y11" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z11" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>539</v>
+      </c>
+      <c r="D12" s="4">
         <v>592</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>514</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>515</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>563</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>494</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>518</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>494</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>503</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>513</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>583</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>520</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>547</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>507</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>515</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>603</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>551</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>546</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>536</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>498</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>519</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>538</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>536</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>594</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>589</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>511</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>513</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>475</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>553</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1655,233 +1655,233 @@
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>586</v>
+      </c>
+      <c r="D16" s="4">
         <v>517</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>603</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>509</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>600</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>568</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>561</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>581</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>561</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>575</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>568</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>592</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>566</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>551</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>509</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>562</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>573</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>561</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>573</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>589</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>572</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>558</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>552</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>512</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>548</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>511</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>556</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>579</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>597</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1943,233 +1943,233 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>551</v>
+      </c>
+      <c r="D20" s="4">
         <v>591</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>541</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>554</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>536</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>477</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>525</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>552</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>545</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>581</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>577</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>514</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>567</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>555</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>557</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>582</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>598</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>512</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>578</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>586</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>596</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>550</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>583</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>509</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>530</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>586</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>570</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>530</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>529</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2519,78 +2519,78 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>534</v>
       </c>
       <c r="D28" s="4">
         <v>567</v>
       </c>
       <c r="E28" s="4">
         <v>528</v>
       </c>
       <c r="F28" s="4">
         <v>490</v>
       </c>
       <c r="G28" s="4">
@@ -2639,51 +2639,51 @@
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
       <c r="K29" s="4">
         <v>120</v>
       </c>
       <c r="L29" s="4">
         <v>120</v>
       </c>
       <c r="M29" s="4">
         <v>120</v>
       </c>
       <c r="N29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>7</v>
       </c>
@@ -2927,141 +2927,141 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>507</v>
       </c>
       <c r="D36" s="4">
         <v>529</v>
       </c>
       <c r="E36" s="4">
         <v>517</v>
       </c>
       <c r="F36" s="4">
         <v>524</v>
       </c>
       <c r="G36" s="4">
         <v>523</v>
       </c>
       <c r="H36" s="4">
@@ -3215,129 +3215,129 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>561</v>
       </c>
       <c r="D40" s="4">
         <v>540</v>
       </c>
       <c r="E40" s="4">
         <v>539</v>
       </c>
       <c r="F40" s="4">
         <v>502</v>
       </c>
       <c r="G40" s="4">
         <v>490</v>
       </c>
       <c r="H40" s="4">
         <v>547</v>
       </c>
       <c r="I40" s="4">
@@ -3458,239 +3458,239 @@
       </c>
       <c r="U41" s="4">
         <v>120</v>
       </c>
       <c r="V41" s="4">
         <v>120</v>
       </c>
       <c r="W41" s="4">
         <v>120</v>
       </c>
       <c r="X41" s="4">
         <v>120</v>
       </c>
       <c r="Y41" s="4">
         <v>120</v>
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G43" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H43" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="H43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J43" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="M43" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M43" s="6" t="s">
+      <c r="N43" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="R43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="T43" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AB43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC43" s="6" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>55</v>
+        <v>86</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>514</v>
+      </c>
+      <c r="D44" s="4">
         <v>553</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>570</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>559</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>556</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>604</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>535</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>578</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>507</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>552</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>514</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>523</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>538</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>499</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>530</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>567</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>513</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>532</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>564</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>556</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>519</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>536</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>589</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>504</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>512</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>544</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>535</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>536</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>474</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">
@@ -3746,239 +3746,239 @@
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
       <c r="AA45" s="4">
         <v>120</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D47" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>105</v>
       </c>
       <c r="J47" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="S47" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="T47" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="S47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Z47" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB47" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC47" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE47" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AF47" s="6" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>522</v>
+      </c>
+      <c r="D48" s="4">
+        <v>561</v>
+      </c>
+      <c r="E48" s="4">
         <v>572</v>
       </c>
-      <c r="D48" s="4">
+      <c r="F48" s="4">
         <v>541</v>
       </c>
-      <c r="E48" s="4">
+      <c r="G48" s="4">
         <v>550</v>
       </c>
-      <c r="F48" s="4">
+      <c r="H48" s="4">
         <v>592</v>
       </c>
-      <c r="G48" s="4">
+      <c r="I48" s="4">
         <v>578</v>
       </c>
-      <c r="H48" s="4">
+      <c r="J48" s="4">
         <v>557</v>
       </c>
-      <c r="I48" s="4">
+      <c r="K48" s="4">
         <v>570</v>
       </c>
-      <c r="J48" s="4">
+      <c r="L48" s="4">
         <v>594</v>
       </c>
-      <c r="K48" s="4">
+      <c r="M48" s="4">
         <v>528</v>
       </c>
-      <c r="L48" s="4">
+      <c r="N48" s="4">
         <v>504</v>
       </c>
-      <c r="M48" s="4">
+      <c r="O48" s="4">
         <v>564</v>
       </c>
-      <c r="N48" s="4">
+      <c r="P48" s="4">
         <v>557</v>
       </c>
-      <c r="O48" s="4">
+      <c r="Q48" s="4">
         <v>551</v>
       </c>
-      <c r="P48" s="4">
+      <c r="R48" s="4">
         <v>549</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="S48" s="4">
         <v>543</v>
       </c>
-      <c r="R48" s="4">
+      <c r="T48" s="4">
         <v>551</v>
       </c>
-      <c r="S48" s="4">
+      <c r="U48" s="4">
         <v>547</v>
       </c>
-      <c r="T48" s="4">
+      <c r="V48" s="4">
         <v>578</v>
       </c>
-      <c r="U48" s="4">
+      <c r="W48" s="4">
         <v>526</v>
       </c>
-      <c r="V48" s="4">
+      <c r="X48" s="4">
         <v>528</v>
       </c>
-      <c r="W48" s="4">
+      <c r="Y48" s="4">
         <v>544</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Z48" s="4">
         <v>536</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="AA48" s="4">
         <v>519</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AB48" s="4">
         <v>475</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AC48" s="4">
         <v>529</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AD48" s="4">
         <v>532</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AE48" s="4">
         <v>570</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AF48" s="4">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="4">
         <v>120</v>
       </c>
       <c r="E49" s="4">
         <v>120</v>
       </c>
       <c r="F49" s="4">
         <v>120</v>
       </c>
       <c r="G49" s="4">
         <v>120</v>
       </c>
       <c r="H49" s="4">
         <v>120</v>
       </c>
       <c r="I49" s="4">