--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>Výsledky hráčů družstva TJ Sparta Kutná Hora na kuželně TJ Sparta Kutná Hora</t>
   </si>
   <si>
     <t>Václav Jelínek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>15.9.2022</t>
   </si>
   <si>
@@ -489,50 +489,53 @@
     <t>17.10.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>25.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
   <si>
     <t>Dušan Hrčkulák</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>Leoš Vobořil</t>
   </si>
   <si>
     <t>16.9.2022</t>
   </si>
@@ -3347,221 +3350,221 @@
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>159</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>161</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>162</v>
       </c>
       <c r="G35" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="H35" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>164</v>
       </c>
       <c r="K35" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="L35" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
+        <v>621</v>
+      </c>
+      <c r="D36" s="5">
         <v>595</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>572</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>593</v>
       </c>
-      <c r="F36" s="5">
+      <c r="G36" s="5">
         <v>594</v>
       </c>
-      <c r="G36" s="5">
+      <c r="H36" s="5">
         <v>575</v>
       </c>
-      <c r="H36" s="5">
+      <c r="I36" s="5">
         <v>608</v>
       </c>
-      <c r="I36" s="5">
+      <c r="J36" s="5">
         <v>565</v>
       </c>
-      <c r="J36" s="5">
+      <c r="K36" s="5">
         <v>611</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>566</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>587</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>637</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>596</v>
       </c>
-      <c r="O36" s="5">
+      <c r="P36" s="5">
         <v>542</v>
       </c>
-      <c r="P36" s="5">
+      <c r="Q36" s="5">
         <v>597</v>
       </c>
-      <c r="Q36" s="5">
+      <c r="R36" s="5">
         <v>540</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>470</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>500</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>499</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>469</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>443</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>471</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>428</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>454</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="AB36" s="4">
         <v>439</v>
       </c>
       <c r="AC36" s="4">
+        <v>439</v>
+      </c>
+      <c r="AD36" s="4">
         <v>491</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>452</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="5">
         <v>120</v>
       </c>
       <c r="E37" s="5">
         <v>120</v>
       </c>
       <c r="F37" s="5">
         <v>120</v>
       </c>
       <c r="G37" s="5">
         <v>120</v>
       </c>
       <c r="H37" s="5">
         <v>120</v>
       </c>
       <c r="I37" s="5">
@@ -3569,192 +3572,192 @@
       </c>
       <c r="J37" s="5">
         <v>120</v>
       </c>
       <c r="K37" s="5">
         <v>120</v>
       </c>
       <c r="L37" s="5">
         <v>120</v>
       </c>
       <c r="M37" s="5">
         <v>120</v>
       </c>
       <c r="N37" s="5">
         <v>120</v>
       </c>
       <c r="O37" s="5">
         <v>120</v>
       </c>
       <c r="P37" s="5">
         <v>120</v>
       </c>
       <c r="Q37" s="5">
         <v>120</v>
       </c>
-      <c r="R37" s="7">
-        <v>100</v>
+      <c r="R37" s="5">
+        <v>120</v>
       </c>
       <c r="S37" s="7">
         <v>100</v>
       </c>
       <c r="T37" s="7">
         <v>100</v>
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
       <c r="V37" s="7">
         <v>100</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>144</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>145</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>146</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>147</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>148</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>149</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>151</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>152</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>90</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>91</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>153</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>92</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>469</v>
       </c>
       <c r="D40" s="4">
         <v>506</v>
       </c>
       <c r="E40" s="4">
         <v>531</v>
       </c>
       <c r="F40" s="4">
         <v>515</v>
       </c>
       <c r="G40" s="4">
         <v>496</v>
       </c>
       <c r="H40" s="4">
         <v>463</v>
       </c>
       <c r="I40" s="4">
@@ -3905,239 +3908,239 @@
       </c>
       <c r="Z41" s="5">
         <v>120</v>
       </c>
       <c r="AA41" s="5">
         <v>120</v>
       </c>
       <c r="AB41" s="5">
         <v>120</v>
       </c>
       <c r="AC41" s="5">
         <v>120</v>
       </c>
       <c r="AD41" s="5">
         <v>120</v>
       </c>
       <c r="AE41" s="5">
         <v>120</v>
       </c>
       <c r="AF41" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>159</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>161</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>162</v>
       </c>
       <c r="G43" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="H43" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="H43" s="7" t="s">
+      <c r="I43" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="I43" s="7" t="s">
+      <c r="J43" s="7" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>164</v>
       </c>
       <c r="L43" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="M43" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="M43" s="7" t="s">
+      <c r="N43" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="N43" s="7" t="s">
+      <c r="O43" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="O43" s="7" t="s">
+      <c r="P43" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="P43" s="7" t="s">
+      <c r="Q43" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="Q43" s="7" t="s">
+      <c r="R43" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="R43" s="7" t="s">
+      <c r="S43" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="S43" s="7" t="s">
+      <c r="T43" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="T43" s="7" t="s">
+      <c r="U43" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="U43" s="7" t="s">
+      <c r="V43" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V43" s="7" t="s">
+      <c r="W43" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="W43" s="7" t="s">
+      <c r="X43" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X43" s="7" t="s">
+      <c r="Y43" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y43" s="7" t="s">
+      <c r="Z43" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="Z43" s="7" t="s">
+      <c r="AA43" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AA43" s="7" t="s">
+      <c r="AB43" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="AB43" s="7" t="s">
+      <c r="AC43" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AC43" s="7" t="s">
+      <c r="AD43" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AD43" s="7" t="s">
+      <c r="AE43" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AE43" s="7" t="s">
+      <c r="AF43" s="7" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
+        <v>561</v>
+      </c>
+      <c r="D44" s="5">
         <v>528</v>
       </c>
-      <c r="D44" s="5">
+      <c r="E44" s="5">
         <v>563</v>
       </c>
-      <c r="E44" s="5">
+      <c r="F44" s="5">
         <v>551</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>534</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>589</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>548</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>488</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>529</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>579</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>587</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>555</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>572</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>516</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>525</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>524</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>450</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>468</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>462</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>476</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>496</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>457</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>435</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>463</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>473</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>458</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>456</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>482</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>429</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="5">
         <v>120</v>
       </c>
       <c r="D45" s="5">
         <v>120</v>
       </c>
       <c r="E45" s="5">
         <v>120</v>
       </c>
       <c r="F45" s="5">
         <v>120</v>
       </c>
       <c r="G45" s="5">
         <v>120</v>
       </c>
       <c r="H45" s="5">
         <v>120</v>
       </c>
       <c r="I45" s="5">
@@ -4145,337 +4148,337 @@
       </c>
       <c r="J45" s="5">
         <v>120</v>
       </c>
       <c r="K45" s="5">
         <v>120</v>
       </c>
       <c r="L45" s="5">
         <v>120</v>
       </c>
       <c r="M45" s="5">
         <v>120</v>
       </c>
       <c r="N45" s="5">
         <v>120</v>
       </c>
       <c r="O45" s="5">
         <v>120</v>
       </c>
       <c r="P45" s="5">
         <v>120</v>
       </c>
       <c r="Q45" s="5">
         <v>120</v>
       </c>
-      <c r="R45" s="7">
-        <v>100</v>
+      <c r="R45" s="5">
+        <v>120</v>
       </c>
       <c r="S45" s="7">
         <v>100</v>
       </c>
       <c r="T45" s="7">
         <v>100</v>
       </c>
       <c r="U45" s="7">
         <v>100</v>
       </c>
       <c r="V45" s="7">
         <v>100</v>
       </c>
       <c r="W45" s="7">
         <v>100</v>
       </c>
       <c r="X45" s="7">
         <v>100</v>
       </c>
       <c r="Y45" s="7">
         <v>100</v>
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>159</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>161</v>
       </c>
       <c r="F47" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="G47" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="G47" s="7" t="s">
+      <c r="H47" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="H47" s="7" t="s">
+      <c r="I47" s="7" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>164</v>
       </c>
       <c r="K47" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="L47" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="L47" s="7" t="s">
+      <c r="M47" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="M47" s="7" t="s">
+      <c r="N47" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="N47" s="7" t="s">
+      <c r="O47" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="O47" s="7" t="s">
+      <c r="P47" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="P47" s="7" t="s">
+      <c r="Q47" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="Q47" s="7" t="s">
+      <c r="R47" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="R47" s="7" t="s">
+      <c r="S47" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="S47" s="7" t="s">
+      <c r="T47" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="T47" s="7" t="s">
+      <c r="U47" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="U47" s="7" t="s">
+      <c r="V47" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="V47" s="7" t="s">
+      <c r="W47" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="W47" s="7" t="s">
+      <c r="X47" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="X47" s="7" t="s">
+      <c r="Y47" s="7" t="s">
         <v>145</v>
       </c>
-      <c r="Y47" s="7" t="s">
+      <c r="Z47" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="Z47" s="7" t="s">
+      <c r="AA47" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="AA47" s="7" t="s">
+      <c r="AB47" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="AB47" s="7" t="s">
+      <c r="AC47" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="AC47" s="7" t="s">
+      <c r="AD47" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="AD47" s="7" t="s">
+      <c r="AE47" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="AE47" s="7" t="s">
+      <c r="AF47" s="7" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="5">
+        <v>599</v>
+      </c>
+      <c r="D48" s="5">
         <v>540</v>
       </c>
-      <c r="D48" s="5">
+      <c r="E48" s="5">
         <v>571</v>
       </c>
-      <c r="E48" s="5">
+      <c r="F48" s="5">
         <v>574</v>
       </c>
-      <c r="F48" s="5">
+      <c r="G48" s="5">
         <v>630</v>
       </c>
-      <c r="G48" s="5">
+      <c r="H48" s="5">
         <v>579</v>
       </c>
-      <c r="H48" s="5">
+      <c r="I48" s="5">
         <v>569</v>
       </c>
-      <c r="I48" s="5">
+      <c r="J48" s="5">
         <v>579</v>
       </c>
-      <c r="J48" s="5">
+      <c r="K48" s="5">
         <v>585</v>
       </c>
-      <c r="K48" s="5">
+      <c r="L48" s="5">
         <v>579</v>
       </c>
-      <c r="L48" s="5">
+      <c r="M48" s="5">
         <v>609</v>
       </c>
-      <c r="M48" s="5">
+      <c r="N48" s="5">
         <v>558</v>
       </c>
-      <c r="N48" s="5">
+      <c r="O48" s="5">
         <v>549</v>
       </c>
-      <c r="O48" s="5">
+      <c r="P48" s="5">
         <v>614</v>
       </c>
-      <c r="P48" s="5">
+      <c r="Q48" s="5">
         <v>617</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>475</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>479</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>464</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>463</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>443</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>475</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>409</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>467</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>484</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>472</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>466</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>429</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>510</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>481</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="5">
         <v>120</v>
       </c>
       <c r="D49" s="5">
         <v>120</v>
       </c>
       <c r="E49" s="5">
         <v>120</v>
       </c>
       <c r="F49" s="5">
         <v>120</v>
       </c>
       <c r="G49" s="5">
         <v>120</v>
       </c>
       <c r="H49" s="5">
         <v>120</v>
       </c>
       <c r="I49" s="5">
         <v>120</v>
       </c>
       <c r="J49" s="5">
         <v>120</v>
       </c>
       <c r="K49" s="5">
         <v>120</v>
       </c>
       <c r="L49" s="5">
         <v>120</v>
       </c>
       <c r="M49" s="5">
         <v>120</v>
       </c>
       <c r="N49" s="5">
         <v>120</v>
       </c>
       <c r="O49" s="5">
         <v>120</v>
       </c>
       <c r="P49" s="5">
         <v>120</v>
       </c>
-      <c r="Q49" s="7">
-        <v>100</v>
+      <c r="Q49" s="5">
+        <v>120</v>
       </c>
       <c r="R49" s="7">
         <v>100</v>
       </c>
       <c r="S49" s="7">
         <v>100</v>
       </c>
       <c r="T49" s="7">
         <v>100</v>
       </c>
       <c r="U49" s="7">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>100</v>
       </c>
       <c r="W49" s="7">
         <v>100</v>
       </c>
       <c r="X49" s="7">
         <v>100</v>
       </c>
       <c r="Y49" s="7">
         <v>100</v>
       </c>