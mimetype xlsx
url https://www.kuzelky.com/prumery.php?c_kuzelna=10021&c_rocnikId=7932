--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Výsledky hráčů družstva TJ Sparta Kutná Hora B na kuželně TJ Sparta Kutná Hora</t>
   </si>
   <si>
     <t>František Tesař</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>25.9.2025</t>
   </si>
   <si>
@@ -252,50 +252,53 @@
     <t>Václav Pufler</t>
   </si>
   <si>
     <t>11.9.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>Bohumír Kopecký</t>
   </si>
   <si>
     <t>Miroslav Kopecký</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>Adam Janda</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
@@ -2426,268 +2429,268 @@
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>85</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="N27" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="O27" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="R27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S27" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="T27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="T27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="V27" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AD27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE27" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="AF27" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
+        <v>640</v>
+      </c>
+      <c r="D28" s="7">
         <v>550</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>591</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>522</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>550</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>585</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>518</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>577</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>543</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>533</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>535</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>435</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>467</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>464</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>462</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>485</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>440</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>443</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>451</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>505</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>454</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>453</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>495</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>466</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>456</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>465</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>452</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>477</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>413</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
       <c r="K29" s="7">
         <v>120</v>
       </c>
       <c r="L29" s="7">
         <v>120</v>
       </c>
-      <c r="M29" s="6">
-        <v>100</v>
+      <c r="M29" s="7">
+        <v>120</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
@@ -2705,239 +2708,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F31" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="G31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="6" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="Y31" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z31" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AA31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AD31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="6" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
+        <v>558</v>
+      </c>
+      <c r="D32" s="7">
         <v>553</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>561</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>537</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>539</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>549</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>533</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>560</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>556</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>540</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>595</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>576</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>507</v>
       </c>
-      <c r="O32" s="7">
+      <c r="P32" s="7">
         <v>579</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>562</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>550</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>602</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>550</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>597</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>546</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>594</v>
       </c>
-      <c r="W32" s="7">
+      <c r="X32" s="7">
         <v>553</v>
       </c>
-      <c r="X32" s="7">
+      <c r="Y32" s="7">
         <v>582</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>449</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>455</v>
       </c>
-      <c r="AA32" s="7">
+      <c r="AB32" s="7">
         <v>569</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>452</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>456</v>
       </c>
-      <c r="AD32" s="7">
+      <c r="AE32" s="7">
         <v>544</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>120</v>
       </c>
       <c r="H33" s="7">
         <v>120</v>
       </c>
       <c r="I33" s="7">
@@ -2966,78 +2969,78 @@
       </c>
       <c r="Q33" s="7">
         <v>120</v>
       </c>
       <c r="R33" s="7">
         <v>120</v>
       </c>
       <c r="S33" s="7">
         <v>120</v>
       </c>
       <c r="T33" s="7">
         <v>120</v>
       </c>
       <c r="U33" s="7">
         <v>120</v>
       </c>
       <c r="V33" s="7">
         <v>120</v>
       </c>
       <c r="W33" s="7">
         <v>120</v>
       </c>
       <c r="X33" s="7">
         <v>120</v>
       </c>
-      <c r="Y33" s="6">
-        <v>100</v>
+      <c r="Y33" s="7">
+        <v>120</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
-      <c r="AA33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AA33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB33" s="7">
+        <v>120</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
-      <c r="AD33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AD33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE33" s="7">
+        <v>120</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>68</v>
       </c>
@@ -3074,105 +3077,105 @@
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>78</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>24</v>
       </c>