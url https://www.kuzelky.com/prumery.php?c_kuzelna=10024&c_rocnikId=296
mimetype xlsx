--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -338,78 +338,78 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>Jaroslav Vymazal</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.11.2022</t>
   </si>
   <si>
     <t>Jaroslav Sedlář</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>10.9.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
 </sst>
 </file>
 
@@ -2060,227 +2060,227 @@
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="I23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="K23" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="O23" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="S23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="W23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X23" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="AB23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC23" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AD23" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="4">
+        <v>569</v>
+      </c>
+      <c r="D24" s="4">
         <v>573</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>589</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>582</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>537</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>550</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>552</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>510</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>534</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>557</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>598</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>546</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>576</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>582</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>559</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>544</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>576</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>606</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>612</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>553</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>569</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>624</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>614</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>600</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>588</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>583</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>594</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>567</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>562</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2354,54 +2354,54 @@
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>85</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>100</v>
       </c>