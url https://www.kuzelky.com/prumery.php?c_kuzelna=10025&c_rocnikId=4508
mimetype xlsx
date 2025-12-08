--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Výsledky hráčů družstva Hořice C na kuželně SKK Hořice</t>
   </si>
   <si>
     <t>Zdeněk Dymáček</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>27.9.2019</t>
   </si>
   <si>
     <t>13.9.2019</t>
   </si>
   <si>
     <t>15.3.2019</t>
   </si>
   <si>
@@ -396,50 +396,53 @@
     <t>10.12.2021</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>9.3.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>Ondřej Duchoň</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
@@ -2429,333 +2432,333 @@
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="F31" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="F31" s="7" t="s">
+      <c r="G31" s="7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>130</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>131</v>
       </c>
       <c r="J31" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="K31" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="K31" s="7" t="s">
+      <c r="L31" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="M31" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="M31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="O31" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>134</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>135</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>136</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>137</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>138</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>139</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>140</v>
       </c>
       <c r="Y31" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="Z31" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AB31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC31" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="AD31" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="AD31" s="7" t="s">
+      <c r="AE31" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C32" s="4">
+      <c r="C32" s="5">
+        <v>555</v>
+      </c>
+      <c r="D32" s="4">
         <v>424</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>496</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>484</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>435</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>551</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>534</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>402</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>397</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>405</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>381</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>567</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>399</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>445</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>436</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>417</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>443</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>434</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>425</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>420</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>422</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>429</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>467</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>468</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>483</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>449</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>531</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>441</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>423</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="C33" s="7">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="C33" s="5">
+        <v>120</v>
+      </c>
+      <c r="D33" s="7">
+        <v>100</v>
+      </c>
+      <c r="E33" s="5">
+        <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
-      <c r="G33" s="5">
-        <v>120</v>
+      <c r="G33" s="7">
+        <v>100</v>
       </c>
       <c r="H33" s="5">
         <v>120</v>
       </c>
-      <c r="I33" s="7">
-        <v>100</v>
+      <c r="I33" s="5">
+        <v>120</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
-      <c r="M33" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M33" s="7">
+        <v>100</v>
+      </c>
+      <c r="N33" s="5">
+        <v>120</v>
       </c>
       <c r="O33" s="7">
         <v>100</v>
       </c>
       <c r="P33" s="7">
         <v>100</v>
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
       <c r="W33" s="7">
         <v>100</v>
       </c>
       <c r="X33" s="7">
         <v>100</v>
       </c>
       <c r="Y33" s="7">
         <v>100</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
-      <c r="AB33" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB33" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC33" s="5">
+        <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>117</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>101</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>102</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>118</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>121</v>
       </c>
@@ -2783,72 +2786,72 @@
       <c r="Q35" s="7" t="s">
         <v>108</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>42</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>6</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>26</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>8</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>9</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="4">
         <v>342</v>
       </c>
       <c r="D36" s="4">
         <v>402</v>
       </c>
       <c r="E36" s="4">
         <v>414</v>
       </c>
       <c r="F36" s="4">
         <v>429</v>
       </c>
       <c r="G36" s="4">
         <v>362</v>
       </c>
       <c r="H36" s="4">
         <v>404</v>
       </c>
       <c r="I36" s="4">
@@ -2999,126 +3002,126 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>62</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>64</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>67</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>70</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>71</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>72</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>75</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>76</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>78</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>115</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="5">
@@ -3287,141 +3290,141 @@
       </c>
       <c r="Z41" s="5">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>89</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>66</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>68</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>69</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>92</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>73</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>75</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>79</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="4">
         <v>369</v>
       </c>
       <c r="D44" s="4">
         <v>399</v>
       </c>
       <c r="E44" s="4">
         <v>388</v>
       </c>
       <c r="F44" s="4">
         <v>440</v>
       </c>
       <c r="G44" s="4">
         <v>379</v>
       </c>
       <c r="H44" s="4">