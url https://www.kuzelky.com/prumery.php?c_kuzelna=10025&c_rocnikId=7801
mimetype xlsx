--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Výsledky hráčů družstva SKK Hořice C na kuželně SKK Hořice</t>
   </si>
   <si>
     <t>Jindřich Novotný</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>29.10.2021</t>
   </si>
   <si>
     <t>1.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>29.3.2019</t>
   </si>
   <si>
@@ -291,50 +291,53 @@
     <t>15.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>1.10.2020</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>9.3.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>Ondřej Duchoň</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
@@ -1949,402 +1952,402 @@
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>97</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>99</v>
       </c>
       <c r="J19" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="M19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="O19" s="6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>103</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>104</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>105</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>107</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>108</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>109</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>110</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AD19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="AE19" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="4">
+      <c r="C20" s="7">
+        <v>555</v>
+      </c>
+      <c r="D20" s="4">
         <v>424</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>496</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>484</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>435</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>551</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>534</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>402</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>397</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>405</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>381</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>567</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>399</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>445</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>436</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>417</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>443</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>434</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>425</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>420</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>422</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>429</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>467</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>468</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>483</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>449</v>
       </c>
-      <c r="AB20" s="7">
+      <c r="AC20" s="7">
         <v>531</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>441</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>423</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C21" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="C21" s="7">
+        <v>120</v>
+      </c>
+      <c r="D21" s="6">
+        <v>100</v>
+      </c>
+      <c r="E21" s="7">
+        <v>120</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
-      <c r="G21" s="7">
-        <v>120</v>
+      <c r="G21" s="6">
+        <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
-      <c r="I21" s="6">
-        <v>100</v>
+      <c r="I21" s="7">
+        <v>120</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
-      <c r="M21" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M21" s="6">
+        <v>100</v>
+      </c>
+      <c r="N21" s="7">
+        <v>120</v>
       </c>
       <c r="O21" s="6">
         <v>100</v>
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
-      <c r="AB21" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB21" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC21" s="7">
+        <v>120</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="7">
         <v>605</v>
       </c>
       <c r="D24" s="7">
         <v>597</v>
       </c>
       <c r="E24" s="7">
         <v>563</v>
       </c>
       <c r="F24" s="7">
         <v>564</v>
       </c>
       <c r="G24" s="7">
         <v>589</v>
       </c>
       <c r="H24" s="7">
@@ -2498,141 +2501,141 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>120</v>
       </c>
       <c r="AB25" s="7">
         <v>120</v>
       </c>
       <c r="AC25" s="7">
         <v>120</v>
       </c>
       <c r="AD25" s="7">
         <v>120</v>
       </c>
       <c r="AE25" s="7">
         <v>120</v>
       </c>
       <c r="AF25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="4">
         <v>369</v>
       </c>
       <c r="D28" s="4">
         <v>399</v>
       </c>
       <c r="E28" s="4">
         <v>388</v>
       </c>
       <c r="F28" s="4">
         <v>440</v>
       </c>
       <c r="G28" s="4">
         <v>379</v>
       </c>
       <c r="H28" s="4">
@@ -2786,144 +2789,144 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="4">
         <v>376</v>
       </c>
       <c r="D32" s="7">
         <v>485</v>
       </c>
       <c r="E32" s="7">
         <v>505</v>
       </c>
       <c r="F32" s="7">
         <v>537</v>
       </c>
       <c r="G32" s="4">
         <v>394</v>
       </c>
       <c r="H32" s="7">
         <v>482</v>
       </c>
       <c r="I32" s="7">
@@ -3074,239 +3077,239 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>146</v>
+        <v>116</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>147</v>
+        <v>95</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>97</v>
+        <v>148</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>148</v>
+        <v>98</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>116</v>
+        <v>149</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>161</v>
+        <v>121</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>150</v>
+        <v>122</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>162</v>
+        <v>123</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>123</v>
+        <v>152</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>152</v>
+        <v>124</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>101</v>
+        <v>125</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>153</v>
+        <v>102</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>154</v>
+        <v>126</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>155</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>104</v>
+        <v>164</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>156</v>
+        <v>105</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>105</v>
+        <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="7">
+        <v>512</v>
+      </c>
+      <c r="D36" s="7">
         <v>551</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>508</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>544</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>518</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>561</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>541</v>
       </c>
-      <c r="I36" s="7">
+      <c r="J36" s="7">
         <v>533</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>532</v>
       </c>
-      <c r="K36" s="7">
+      <c r="L36" s="7">
         <v>582</v>
       </c>
-      <c r="L36" s="7">
+      <c r="M36" s="7">
         <v>571</v>
       </c>
-      <c r="M36" s="7">
+      <c r="N36" s="7">
         <v>536</v>
       </c>
-      <c r="N36" s="7">
+      <c r="O36" s="7">
         <v>538</v>
       </c>
-      <c r="O36" s="7">
+      <c r="P36" s="7">
         <v>542</v>
       </c>
-      <c r="P36" s="7">
+      <c r="Q36" s="7">
         <v>548</v>
       </c>
-      <c r="Q36" s="7">
+      <c r="R36" s="7">
         <v>520</v>
       </c>
-      <c r="R36" s="7">
+      <c r="S36" s="7">
         <v>558</v>
       </c>
-      <c r="S36" s="7">
+      <c r="T36" s="7">
         <v>545</v>
       </c>
-      <c r="T36" s="7">
+      <c r="U36" s="7">
         <v>493</v>
       </c>
-      <c r="U36" s="7">
+      <c r="V36" s="7">
         <v>573</v>
       </c>
-      <c r="V36" s="7">
+      <c r="W36" s="7">
         <v>518</v>
       </c>
-      <c r="W36" s="7">
+      <c r="X36" s="7">
         <v>522</v>
       </c>
-      <c r="X36" s="7">
+      <c r="Y36" s="7">
         <v>532</v>
       </c>
-      <c r="Y36" s="7">
+      <c r="Z36" s="7">
         <v>558</v>
       </c>
-      <c r="Z36" s="7">
+      <c r="AA36" s="7">
         <v>506</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>513</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>522</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>541</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>449</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="7">
         <v>120</v>
       </c>
       <c r="G37" s="7">
         <v>120</v>
       </c>
       <c r="H37" s="7">
         <v>120</v>
       </c>
       <c r="I37" s="7">
@@ -3350,58 +3353,58 @@
       </c>
       <c r="V37" s="7">
         <v>120</v>
       </c>
       <c r="W37" s="7">
         <v>120</v>
       </c>
       <c r="X37" s="7">
         <v>120</v>
       </c>
       <c r="Y37" s="7">
         <v>120</v>
       </c>
       <c r="Z37" s="7">
         <v>120</v>
       </c>
       <c r="AA37" s="7">
         <v>120</v>
       </c>
       <c r="AB37" s="7">
         <v>120</v>
       </c>
       <c r="AC37" s="7">
         <v>120</v>
       </c>
-      <c r="AD37" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="AD37" s="7">
+        <v>120</v>
+      </c>
+      <c r="AE37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF37" s="7">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">