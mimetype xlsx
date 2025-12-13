--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Výsledky hráčů družstva KK Zábřeh na kuželně KK Zábřeh</t>
   </si>
   <si>
     <t>Jiří Flídr</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -107,153 +110,153 @@
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Pavel Hrdlička</t>
+  </si>
+  <si>
+    <t>7.4.2012</t>
+  </si>
+  <si>
+    <t>17.3.2012</t>
+  </si>
+  <si>
+    <t>3.3.2012</t>
+  </si>
+  <si>
+    <t>11.2.2012</t>
+  </si>
+  <si>
+    <t>26.11.2011</t>
+  </si>
+  <si>
+    <t>19.11.2011</t>
+  </si>
+  <si>
+    <t>29.10.2011</t>
+  </si>
+  <si>
+    <t>15.10.2011</t>
+  </si>
+  <si>
+    <t>1.10.2011</t>
+  </si>
+  <si>
+    <t>17.9.2011</t>
+  </si>
+  <si>
+    <t>2.4.2011</t>
+  </si>
+  <si>
+    <t>19.3.2011</t>
+  </si>
+  <si>
+    <t>26.2.2011</t>
+  </si>
+  <si>
+    <t>5.2.2011</t>
+  </si>
+  <si>
+    <t>29.1.2011</t>
+  </si>
+  <si>
+    <t>15.1.2011</t>
+  </si>
+  <si>
+    <t>4.12.2010</t>
+  </si>
+  <si>
+    <t>20.11.2010</t>
+  </si>
+  <si>
+    <t>6.11.2010</t>
+  </si>
+  <si>
+    <t>16.10.2010</t>
+  </si>
+  <si>
+    <t>18.9.2010</t>
+  </si>
+  <si>
+    <t>Miloslav Hýbl</t>
+  </si>
+  <si>
+    <t>21.1.2012</t>
+  </si>
+  <si>
+    <t>Zdeněk Švub</t>
+  </si>
+  <si>
+    <t>4.2.2023</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>26.11.2022</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>2.4.2022</t>
+  </si>
+  <si>
+    <t>10.3.2022</t>
+  </si>
+  <si>
     <t>19.9.2020</t>
-  </si>
-[...100 lines deleted...]
-    <t>10.3.2022</t>
   </si>
   <si>
     <t>5.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
@@ -827,173 +830,173 @@
       <c r="O3" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="X3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="4">
+        <v>606</v>
+      </c>
+      <c r="D4" s="4">
         <v>552</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>581</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>518</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>549</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>522</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>587</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>602</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>543</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>548</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>562</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>597</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>544</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>560</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>548</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>592</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>544</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>553</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>525</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>550</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>552</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>550</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>546</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>535</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>507</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>557</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>501</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>523</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>542</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1352,138 +1355,138 @@
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
         <v>120</v>
       </c>
       <c r="J13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4">
         <v>488</v>
       </c>
       <c r="D16" s="4">
         <v>515</v>
       </c>
       <c r="E16" s="4">
         <v>524</v>
       </c>
       <c r="F16" s="4">
         <v>537</v>
       </c>
       <c r="G16" s="4">
         <v>529</v>
       </c>
       <c r="H16" s="4">
         <v>549</v>
       </c>
       <c r="I16" s="4">
@@ -1634,239 +1637,239 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>5</v>
+        <v>86</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>89</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>91</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="4">
+        <v>611</v>
+      </c>
+      <c r="D20" s="4">
         <v>591</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>579</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>586</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>575</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>616</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>617</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>569</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>573</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>570</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>576</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>547</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>582</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>586</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>567</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>586</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>564</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>597</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>604</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>596</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>600</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>576</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>542</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>584</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>567</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>562</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>551</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>543</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>594</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -1922,239 +1925,239 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>5</v>
+        <v>86</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>95</v>
+        <v>7</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>7</v>
+        <v>96</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>87</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>88</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>89</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AC23" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="AD23" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="4">
+        <v>591</v>
+      </c>
+      <c r="D24" s="4">
         <v>577</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>588</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>549</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>573</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>584</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>566</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>610</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>559</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>615</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>579</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>545</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>618</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>555</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>642</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>608</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>595</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>554</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>593</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>577</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>543</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>584</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>628</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>598</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>583</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>585</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>601</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>560</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>582</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2210,236 +2213,236 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>5</v>
+        <v>86</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>87</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>89</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="4">
+        <v>585</v>
+      </c>
+      <c r="D28" s="4">
         <v>608</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>588</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>591</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>596</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>530</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>544</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>594</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>542</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>578</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>552</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>527</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>548</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>538</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>568</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>563</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>571</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>545</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>551</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>589</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>613</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>559</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>525</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>577</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>555</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>579</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>583</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>547</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="AF28" s="4">
         <v>538</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
@@ -2498,144 +2501,144 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="4">
         <v>534</v>
       </c>
       <c r="D32" s="4">
         <v>579</v>
       </c>
       <c r="E32" s="4">
         <v>582</v>
       </c>
       <c r="F32" s="4">
         <v>542</v>
       </c>
       <c r="G32" s="4">
         <v>582</v>
       </c>
       <c r="H32" s="4">
         <v>572</v>
       </c>
       <c r="I32" s="4">