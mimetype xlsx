--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Výsledky hráčů družstva Opava ˝C˝ na kuželně TJ Opava</t>
   </si>
   <si>
     <t>Zdeněk Chlopčík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>1.4.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>17.3.2025</t>
   </si>
   <si>
     <t>4.3.2025</t>
   </si>
   <si>
@@ -122,215 +122,218 @@
   <si>
     <t>9.3.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>7.1.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zdeněk Štohanzl</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>15.9.2025</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
+    <t>Renáta Smijová</t>
+  </si>
+  <si>
+    <t>16.9.2025</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>Karel Vágner</t>
+  </si>
+  <si>
+    <t>29.9.2025</t>
+  </si>
+  <si>
+    <t>3.12.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>František Vícha</t>
+  </si>
+  <si>
+    <t>2.12.2025</t>
+  </si>
+  <si>
+    <t>4.11.2025</t>
+  </si>
+  <si>
+    <t>20.10.2025</t>
+  </si>
+  <si>
+    <t>7.10.2025</t>
+  </si>
+  <si>
+    <t>30.9.2025</t>
+  </si>
+  <si>
+    <t>24.3.2025</t>
+  </si>
+  <si>
+    <t>18.3.2025</t>
+  </si>
+  <si>
+    <t>11.3.2025</t>
+  </si>
+  <si>
+    <t>25.2.2025</t>
+  </si>
+  <si>
+    <t>18.2.2025</t>
+  </si>
+  <si>
+    <t>4.2.2025</t>
+  </si>
+  <si>
+    <t>30.1.2025</t>
+  </si>
+  <si>
+    <t>26.11.2024</t>
+  </si>
+  <si>
+    <t>18.11.2024</t>
+  </si>
+  <si>
+    <t>5.11.2024</t>
+  </si>
+  <si>
+    <t>5.3.2024</t>
+  </si>
+  <si>
+    <t>6.2.2024</t>
+  </si>
+  <si>
+    <t>22.1.2024</t>
+  </si>
+  <si>
+    <t>16.1.2024</t>
+  </si>
+  <si>
+    <t>4.12.2023</t>
+  </si>
+  <si>
+    <t>21.11.2023</t>
+  </si>
+  <si>
+    <t>14.11.2023</t>
+  </si>
+  <si>
+    <t>24.10.2023</t>
+  </si>
+  <si>
+    <t>3.10.2023</t>
+  </si>
+  <si>
+    <t>26.9.2023</t>
+  </si>
+  <si>
+    <t>13.3.2023</t>
+  </si>
+  <si>
+    <t>23.2.2023</t>
+  </si>
+  <si>
+    <t>Jan Kořený</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>Václav Bohačik</t>
+  </si>
+  <si>
     <t>4.12.2021</t>
   </si>
   <si>
-    <t>Renáta Smijová</t>
-[...121 lines deleted...]
-  <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
@@ -395,99 +398,93 @@
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>23.1.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>24.10.2022</t>
   </si>
   <si>
     <t>3.10.2022</t>
   </si>
   <si>
     <t>28.2.2022</t>
   </si>
   <si>
     <t>21.2.2022</t>
   </si>
   <si>
-    <t>14.2.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Josef Plšek</t>
   </si>
   <si>
     <t>Jolana Rybová</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>6.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>Tomáš Polok</t>
-  </si>
-[...1 lines deleted...]
-    <t>8.12.2025</t>
   </si>
   <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>17.2.2025</t>
   </si>
   <si>
     <t>15.4.2024</t>
   </si>
   <si>
     <t>8.4.2024</t>
   </si>
   <si>
     <t>25.3.2024</t>
   </si>
   <si>
     <t>19.2.2024</t>
   </si>
   <si>
     <t>15.1.2024</t>
   </si>
   <si>
     <t>27.11.2023</t>
   </si>
@@ -1259,224 +1256,224 @@
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="N7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="T7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="V7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>0</v>
+      </c>
+      <c r="D8" s="4">
         <v>375</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>313</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>383</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>340</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>362</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>352</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>421</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>369</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>399</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>407</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>330</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>354</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>385</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>400</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>403</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>377</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>398</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>416</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>380</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>376</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>427</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>391</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>417</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>386</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>368</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>401</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>441</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>417</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1538,126 +1535,126 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>387</v>
       </c>
       <c r="D12" s="4">
         <v>373</v>
       </c>
       <c r="E12" s="4">
@@ -1826,135 +1823,135 @@
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>355</v>
       </c>
       <c r="D16" s="4">
         <v>354</v>
       </c>
       <c r="E16" s="4">
         <v>337</v>
       </c>
       <c r="F16" s="4">
         <v>348</v>
       </c>
       <c r="G16" s="4">
         <v>398</v>
       </c>
       <c r="H16" s="4">
@@ -2408,120 +2405,120 @@
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>396</v>
       </c>
       <c r="D24" s="4">
         <v>421</v>
       </c>
       <c r="E24" s="4">
@@ -2690,138 +2687,138 @@
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>89</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>390</v>
       </c>
       <c r="D28" s="4">
         <v>397</v>
       </c>
       <c r="E28" s="4">
         <v>401</v>
       </c>
       <c r="F28" s="4">
         <v>407</v>
       </c>
       <c r="G28" s="4">
         <v>418</v>
       </c>
       <c r="H28" s="4">
         <v>439</v>
       </c>
       <c r="I28" s="4">
@@ -2972,239 +2969,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>109</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>110</v>
       </c>
       <c r="L31" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>112</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>113</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>114</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>115</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>116</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>117</v>
       </c>
       <c r="T31" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="U31" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="U31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V31" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>120</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>47</v>
+        <v>125</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>125</v>
+        <v>48</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>126</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>360</v>
+      </c>
+      <c r="D32" s="4">
         <v>366</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>380</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>357</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>368</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>410</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>372</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>411</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>383</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>422</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>357</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>391</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>358</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>396</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>357</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>391</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>368</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>357</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>395</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>404</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>393</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>377</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>379</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>374</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>380</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>388</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>382</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>373</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>426</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3275,224 +3272,224 @@
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="S35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T35" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>0</v>
+      </c>
+      <c r="D36" s="4">
         <v>413</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>395</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>394</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>385</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>352</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>435</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>375</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>402</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>397</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>381</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>401</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>393</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>391</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>411</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>421</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="T36" s="4">
         <v>406</v>
       </c>
       <c r="U36" s="4">
+        <v>406</v>
+      </c>
+      <c r="V36" s="4">
         <v>370</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>413</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>370</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>391</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>413</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>392</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>396</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>378</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>393</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>395</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3590,78 +3587,78 @@
       <c r="G39" s="6" t="s">
         <v>134</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>135</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>136</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>137</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>139</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>140</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>141</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>58</v>
       </c>
@@ -3842,146 +3839,146 @@
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="D43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>134</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q43" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="R43" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="T43" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AA43" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="AB43" s="6" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
-        <v>206</v>
+        <v>398</v>
       </c>
       <c r="D44" s="4">
         <v>441</v>
       </c>
       <c r="E44" s="4">
         <v>430</v>
       </c>
       <c r="F44" s="4">
         <v>402</v>
       </c>
       <c r="G44" s="4">
         <v>497</v>
       </c>
       <c r="H44" s="4">
         <v>441</v>
       </c>
       <c r="I44" s="4">
         <v>399</v>
       </c>
       <c r="J44" s="4">
         <v>424</v>
       </c>
       <c r="K44" s="4">
         <v>421</v>
       </c>
@@ -4124,123 +4121,123 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="D47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>65</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>74</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>78</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>411</v>
       </c>
       <c r="D48" s="4">
         <v>386</v>
       </c>
       <c r="E48" s="4">
         <v>429</v>
       </c>
       <c r="F48" s="4">
         <v>362</v>
       </c>
       <c r="G48" s="4">
         <v>382</v>
       </c>
       <c r="H48" s="4">
         <v>367</v>
       </c>
       <c r="I48" s="4">