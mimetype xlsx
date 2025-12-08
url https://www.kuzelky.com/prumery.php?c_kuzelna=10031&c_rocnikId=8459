--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -245,102 +245,102 @@
   <si>
     <t>7.1.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>Zdeněk Štohanzl</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>15.9.2025</t>
   </si>
   <si>
     <t>1.4.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>17.3.2025</t>
   </si>
   <si>
     <t>4.3.2025</t>
   </si>
   <si>
     <t>23.1.2025</t>
   </si>
   <si>
     <t>11.11.2024</t>
   </si>
   <si>
     <t>3.3.2024</t>
   </si>
   <si>
     <t>29.1.2024</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>4.12.2021</t>
   </si>
   <si>
     <t>Josef Němec</t>
   </si>
   <si>
     <t>5.3.2024</t>
   </si>
   <si>
     <t>6.2.2024</t>
   </si>
   <si>
     <t>22.1.2024</t>
   </si>
   <si>
     <t>4.12.2023</t>
   </si>
   <si>
     <t>26.9.2023</t>
   </si>
   <si>
     <t>20.3.2023</t>
   </si>
   <si>
     <t>23.2.2023</t>
   </si>
@@ -1889,197 +1889,197 @@
       <c r="G15" s="7" t="s">
         <v>81</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>82</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>83</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>84</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>87</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>88</v>
       </c>
       <c r="O15" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="P15" s="7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="R15" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="S15" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="X15" s="7" t="s">
+      <c r="Y15" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="AA15" s="7" t="s">
+      <c r="AB15" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="AB15" s="7" t="s">
+      <c r="AC15" s="7" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>93</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>0</v>
+      </c>
+      <c r="D16" s="5">
         <v>375</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>313</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>383</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>340</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>362</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>352</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>421</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>369</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>399</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>407</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>330</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>354</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>385</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>400</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>403</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>377</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>398</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>416</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>380</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>376</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>427</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>391</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>417</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>386</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>368</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>401</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>441</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>417</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
@@ -2180,60 +2180,60 @@
       <c r="H19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>73</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>108</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>109</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>110</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>111</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>114</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>115</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>117</v>
       </c>
@@ -3623,54 +3623,54 @@
       <c r="I39" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>14</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>67</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>148</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>21</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>23</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>24</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>25</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>27</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>149</v>
       </c>
@@ -3869,233 +3869,233 @@
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D43" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="D43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="F43" s="7" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>82</v>
       </c>
       <c r="H43" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="I43" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="I43" s="7" t="s">
+      <c r="J43" s="7" t="s">
         <v>155</v>
       </c>
-      <c r="J43" s="7" t="s">
+      <c r="K43" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="K43" s="7" t="s">
+      <c r="L43" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="L43" s="7" t="s">
+      <c r="M43" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="M43" s="7" t="s">
+      <c r="N43" s="7" t="s">
         <v>159</v>
       </c>
-      <c r="N43" s="7" t="s">
+      <c r="O43" s="7" t="s">
         <v>160</v>
       </c>
-      <c r="O43" s="7" t="s">
+      <c r="P43" s="7" t="s">
         <v>161</v>
       </c>
-      <c r="P43" s="7" t="s">
+      <c r="Q43" s="7" t="s">
         <v>162</v>
       </c>
-      <c r="Q43" s="7" t="s">
+      <c r="R43" s="7" t="s">
         <v>163</v>
       </c>
-      <c r="R43" s="7" t="s">
+      <c r="S43" s="7" t="s">
         <v>164</v>
       </c>
-      <c r="S43" s="7" t="s">
+      <c r="T43" s="7" t="s">
         <v>165</v>
       </c>
-      <c r="T43" s="7" t="s">
+      <c r="U43" s="7" t="s">
         <v>166</v>
       </c>
-      <c r="U43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="W43" s="7" t="s">
         <v>167</v>
       </c>
-      <c r="W43" s="7" t="s">
+      <c r="X43" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="X43" s="7" t="s">
+      <c r="Y43" s="7" t="s">
         <v>168</v>
       </c>
-      <c r="Y43" s="7" t="s">
+      <c r="Z43" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="Z43" s="7" t="s">
+      <c r="AA43" s="7" t="s">
         <v>169</v>
       </c>
-      <c r="AA43" s="7" t="s">
+      <c r="AB43" s="7" t="s">
         <v>170</v>
       </c>
-      <c r="AB43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC43" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="AD43" s="7" t="s">
         <v>171</v>
       </c>
-      <c r="AD43" s="7" t="s">
+      <c r="AE43" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="AE43" s="7" t="s">
+      <c r="AF43" s="7" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
+        <v>398</v>
+      </c>
+      <c r="D44" s="5">
         <v>441</v>
       </c>
-      <c r="D44" s="5">
+      <c r="E44" s="5">
         <v>430</v>
       </c>
-      <c r="E44" s="5">
+      <c r="F44" s="5">
         <v>402</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>497</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>441</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>399</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>424</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>421</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>453</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>462</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>418</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>412</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>433</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>440</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>404</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>425</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>430</v>
       </c>
-      <c r="T44" s="5">
+      <c r="U44" s="5">
         <v>457</v>
       </c>
-      <c r="U44" s="5">
+      <c r="V44" s="5">
         <v>377</v>
       </c>
-      <c r="V44" s="5">
+      <c r="W44" s="5">
         <v>428</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>408</v>
       </c>
-      <c r="X44" s="5">
+      <c r="Y44" s="5">
         <v>446</v>
       </c>
-      <c r="Y44" s="5">
+      <c r="Z44" s="5">
         <v>444</v>
       </c>
-      <c r="Z44" s="5">
+      <c r="AA44" s="5">
         <v>375</v>
       </c>
-      <c r="AA44" s="5">
+      <c r="AB44" s="5">
         <v>403</v>
       </c>
-      <c r="AB44" s="5">
+      <c r="AC44" s="5">
         <v>448</v>
       </c>
-      <c r="AC44" s="5">
+      <c r="AD44" s="5">
         <v>393</v>
       </c>
-      <c r="AD44" s="5">
+      <c r="AE44" s="5">
         <v>406</v>
       </c>
-      <c r="AE44" s="5">
+      <c r="AF44" s="5">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
       <c r="H45" s="7">
         <v>100</v>
       </c>
       <c r="I45" s="7">