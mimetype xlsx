--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -257,72 +257,72 @@
   <si>
     <t>15.10.2011</t>
   </si>
   <si>
     <t>1.10.2011</t>
   </si>
   <si>
     <t>2.4.2011</t>
   </si>
   <si>
     <t>19.3.2011</t>
   </si>
   <si>
     <t>26.2.2011</t>
   </si>
   <si>
     <t>12.2.2011</t>
   </si>
   <si>
     <t>15.1.2011</t>
   </si>
   <si>
     <t>Miroslav Plachý</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>Václav Kovařík</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>10.2.2022</t>
   </si>
   <si>
     <t>13.1.2022</t>
   </si>
   <si>
     <t>31.12.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>18.12.2021</t>
   </si>
   <si>
     <t>Martin Spisar</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
     <t>21.3.2024</t>
   </si>
   <si>
     <t>22.2.2024</t>
   </si>
@@ -1802,227 +1802,227 @@
       </c>
       <c r="AD13" s="5">
         <v>120</v>
       </c>
       <c r="AE13" s="5">
         <v>120</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>82</v>
       </c>
       <c r="E15" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="F15" s="7" t="s">
+      <c r="G15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="G15" s="7" t="s">
+      <c r="H15" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J15" s="7" t="s">
+      <c r="K15" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K15" s="7" t="s">
+      <c r="L15" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O15" s="7" t="s">
+      <c r="P15" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="P15" s="7" t="s">
+      <c r="Q15" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="Q15" s="7" t="s">
+      <c r="R15" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="X15" s="7" t="s">
+      <c r="Y15" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="AA15" s="7" t="s">
+      <c r="AB15" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="AB15" s="7" t="s">
+      <c r="AC15" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AC15" s="7" t="s">
+      <c r="AD15" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AD15" s="7" t="s">
+      <c r="AE15" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>492</v>
+      </c>
+      <c r="D16" s="4">
         <v>413</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>453</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>439</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>426</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>435</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>413</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>447</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>431</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>423</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>426</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>476</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>438</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>418</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>435</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>441</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>452</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>417</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>383</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>419</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>422</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>414</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>439</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>411</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>429</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>392</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>425</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>454</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>432</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
@@ -2078,239 +2078,239 @@
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D19" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="F19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="7" t="s">
+      <c r="G19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="7" t="s">
+      <c r="H19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>405</v>
+      </c>
+      <c r="D20" s="4">
         <v>438</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>405</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>426</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>429</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>397</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>420</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>389</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>406</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>424</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>421</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>438</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>408</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>415</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>436</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>405</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>389</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>460</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>431</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>423</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>398</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>454</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>416</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>417</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>426</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>434</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>396</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>424</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>416</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2360,52 +2360,52 @@
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
-      <c r="AF21" s="5">
-        <v>120</v>
+      <c r="AF21" s="7">
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>94</v>
       </c>
       <c r="H23" s="7" t="s">
@@ -2456,51 +2456,51 @@
       <c r="W23" s="7" t="s">
         <v>109</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>110</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>111</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>112</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>113</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>114</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>115</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>392</v>
       </c>
       <c r="D24" s="4">
         <v>385</v>
       </c>
       <c r="E24" s="4">
         <v>383</v>
       </c>
       <c r="F24" s="4">
         <v>408</v>
       </c>
       <c r="G24" s="4">
         <v>383</v>
       </c>
       <c r="H24" s="4">
@@ -2660,454 +2660,463 @@
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>3</v>
+        <v>83</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H27" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="N27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="P27" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C28" s="5">
+      <c r="C28" s="4">
+        <v>479</v>
+      </c>
+      <c r="D28" s="5">
         <v>519</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>481</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>483</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>554</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>461</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>453</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>397</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>408</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>499</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>447</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>430</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>387</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>394</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>477</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>404</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>425</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>423</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>432</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C29" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="C29" s="7">
+        <v>100</v>
+      </c>
+      <c r="D29" s="5">
+        <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
-      <c r="F29" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="F29" s="7">
+        <v>100</v>
+      </c>
+      <c r="G29" s="5">
+        <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
       <c r="Q29" s="7">
         <v>100</v>
       </c>
       <c r="R29" s="7">
         <v>100</v>
       </c>
       <c r="S29" s="7">
         <v>100</v>
       </c>
       <c r="T29" s="7">
+        <v>100</v>
+      </c>
+      <c r="U29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="D31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F31" s="7" t="s">
+      <c r="G31" s="7" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="M31" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="N31" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AD31" s="7" t="s">
+      <c r="AE31" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
+        <v>613</v>
+      </c>
+      <c r="D32" s="5">
         <v>559</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>552</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>561</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>562</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>603</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>474</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>539</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>474</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>535</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>456</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>594</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>466</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>398</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>472</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>415</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>480</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>422</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>461</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>482</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>448</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>476</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>478</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>470</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>486</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>466</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>421</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>470</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>437</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
       <c r="D33" s="5">
         <v>120</v>
       </c>
       <c r="E33" s="5">
         <v>120</v>
       </c>
       <c r="F33" s="5">
         <v>120</v>
       </c>
       <c r="G33" s="5">
         <v>120</v>
       </c>
-      <c r="H33" s="7">
-[...18 lines deleted...]
-        <v>100</v>
+      <c r="H33" s="5">
+        <v>120</v>
+      </c>
+      <c r="I33" s="7">
+        <v>100</v>
+      </c>
+      <c r="J33" s="5">
+        <v>120</v>
+      </c>
+      <c r="K33" s="7">
+        <v>100</v>
+      </c>
+      <c r="L33" s="5">
+        <v>120</v>
+      </c>
+      <c r="M33" s="7">
+        <v>100</v>
+      </c>
+      <c r="N33" s="5">
+        <v>120</v>
       </c>
       <c r="O33" s="7">
         <v>100</v>
       </c>
       <c r="P33" s="7">
         <v>100</v>
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
@@ -3116,245 +3125,245 @@
       </c>
       <c r="X33" s="7">
         <v>100</v>
       </c>
       <c r="Y33" s="7">
         <v>100</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
-      <c r="AF33" s="5">
-        <v>120</v>
+      <c r="AF33" s="7">
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>82</v>
       </c>
       <c r="E35" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F35" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="F35" s="7" t="s">
+      <c r="G35" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="G35" s="7" t="s">
+      <c r="H35" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I35" s="7" t="s">
+      <c r="J35" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="J35" s="7" t="s">
+      <c r="K35" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="K35" s="7" t="s">
+      <c r="L35" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>411</v>
+      </c>
+      <c r="D36" s="4">
         <v>429</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>453</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>412</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>452</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>405</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>419</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>434</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>403</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>410</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>426</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>379</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>460</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>425</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="R36" s="4">
         <v>438</v>
       </c>
       <c r="S36" s="4">
+        <v>438</v>
+      </c>
+      <c r="T36" s="4">
         <v>415</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>410</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>384</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>416</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="Y36" s="4">
         <v>398</v>
       </c>
       <c r="Z36" s="4">
+        <v>398</v>
+      </c>
+      <c r="AA36" s="4">
         <v>382</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>398</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>433</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>372</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>405</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
       <c r="I37" s="7">
@@ -3419,230 +3428,230 @@
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D39" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="E39" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="E39" s="7" t="s">
+      <c r="F39" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="F39" s="7" t="s">
+      <c r="G39" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="G39" s="7" t="s">
+      <c r="H39" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="H39" s="7" t="s">
+      <c r="I39" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="I39" s="7" t="s">
+      <c r="J39" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="J39" s="7" t="s">
+      <c r="K39" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="K39" s="7" t="s">
+      <c r="L39" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="L39" s="7" t="s">
+      <c r="M39" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="M39" s="7" t="s">
+      <c r="N39" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="N39" s="7" t="s">
+      <c r="O39" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="O39" s="7" t="s">
+      <c r="P39" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="P39" s="7" t="s">
+      <c r="Q39" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="Q39" s="7" t="s">
+      <c r="R39" s="7" t="s">
         <v>145</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="S39" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="T39" s="7" t="s">
+      <c r="U39" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="U39" s="7" t="s">
+      <c r="V39" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="V39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W39" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="X39" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="X39" s="7" t="s">
+      <c r="Y39" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="Y39" s="7" t="s">
+      <c r="Z39" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="Z39" s="7" t="s">
+      <c r="AA39" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="AA39" s="7" t="s">
+      <c r="AB39" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="AB39" s="7" t="s">
+      <c r="AC39" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AC39" s="7" t="s">
+      <c r="AD39" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AD39" s="7" t="s">
+      <c r="AE39" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AE39" s="7" t="s">
+      <c r="AF39" s="7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>401</v>
+      </c>
+      <c r="D40" s="4">
         <v>359</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>356</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>420</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>426</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>413</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>445</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>439</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>400</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>386</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>393</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>419</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>415</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>464</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>404</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>385</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>391</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>384</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>389</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>429</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>414</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>436</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>453</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>410</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>392</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>377</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>358</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>390</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>413</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="7">
         <v>100</v>
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
       <c r="I41" s="7">
@@ -3707,57 +3716,57 @@
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>90</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>149</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>139</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>150</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>151</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>91</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>140</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>92</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>141</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>120</v>
       </c>