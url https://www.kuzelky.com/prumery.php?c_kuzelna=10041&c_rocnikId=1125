--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Výsledky hráčů družstva SKK Jeseník ˝A˝ na kuželně SKK Jeseník</t>
   </si>
   <si>
     <t>Jiří Vrba</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.10.2025</t>
   </si>
   <si>
     <t>26.2.2024</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>23.3.2019</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
@@ -327,50 +327,53 @@
     <t>3.3.2018</t>
   </si>
   <si>
     <t>Eva Křapková</t>
   </si>
   <si>
     <t>15.11.2014</t>
   </si>
   <si>
     <t>4.4.2014</t>
   </si>
   <si>
     <t>21.3.2014</t>
   </si>
   <si>
     <t>7.2.2014</t>
   </si>
   <si>
     <t>6.12.2013</t>
   </si>
   <si>
     <t>8.11.2013</t>
   </si>
   <si>
     <t>Václav Smejkal</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
@@ -2528,208 +2531,208 @@
       <c r="J23" s="6" t="s">
         <v>112</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>114</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>115</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>116</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>118</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>119</v>
       </c>
       <c r="R23" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="S23" s="6" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AA23" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AD23" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AE23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
         <v>533</v>
       </c>
       <c r="D24" s="7">
+        <v>533</v>
+      </c>
+      <c r="E24" s="7">
         <v>527</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>532</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>503</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>465</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>474</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>443</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>429</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>445</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>429</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>445</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>458</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>452</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>444</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>485</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>460</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>434</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>430</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>461</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>439</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>463</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>480</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>437</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>463</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>469</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>481</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>484</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>482</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
-      <c r="G25" s="6">
-        <v>100</v>
+      <c r="G25" s="7">
+        <v>120</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
@@ -2765,105 +2768,105 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>27</v>
       </c>
@@ -3053,144 +3056,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>86</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>443</v>
       </c>
       <c r="D32" s="4">
         <v>402</v>
       </c>
       <c r="E32" s="4">
         <v>478</v>
       </c>
       <c r="F32" s="4">
         <v>439</v>
       </c>
       <c r="G32" s="4">
         <v>455</v>
       </c>
       <c r="H32" s="4">
         <v>448</v>
       </c>
       <c r="I32" s="4">
@@ -3341,144 +3344,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>72</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>447</v>
       </c>
       <c r="D36" s="4">
         <v>473</v>
       </c>
       <c r="E36" s="4">
         <v>443</v>
       </c>
       <c r="F36" s="4">
         <v>434</v>
       </c>
       <c r="G36" s="4">
         <v>443</v>
       </c>
       <c r="H36" s="4">
         <v>429</v>
       </c>
       <c r="I36" s="4">
@@ -3629,144 +3632,144 @@
       </c>
       <c r="Z37" s="7">
         <v>120</v>
       </c>
       <c r="AA37" s="7">
         <v>120</v>
       </c>
       <c r="AB37" s="7">
         <v>120</v>
       </c>
       <c r="AC37" s="7">
         <v>120</v>
       </c>
       <c r="AD37" s="7">
         <v>120</v>
       </c>
       <c r="AE37" s="7">
         <v>120</v>
       </c>
       <c r="AF37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>475</v>
       </c>
       <c r="D40" s="4">
         <v>393</v>
       </c>
       <c r="E40" s="4">
         <v>468</v>
       </c>
       <c r="F40" s="4">
         <v>422</v>
       </c>
       <c r="G40" s="4">
         <v>443</v>
       </c>
       <c r="H40" s="4">
         <v>401</v>
       </c>
       <c r="I40" s="4">
@@ -3917,129 +3920,129 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>430</v>
       </c>
       <c r="D44" s="4">
@@ -4205,93 +4208,93 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>96</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>399</v>
       </c>
       <c r="D48" s="4">
         <v>419</v>
       </c>
       <c r="E48" s="4">
         <v>397</v>
       </c>
       <c r="F48" s="4">
         <v>418</v>
       </c>
       <c r="G48" s="4">
         <v>410</v>
       </c>
       <c r="H48" s="4">
@@ -4349,135 +4352,135 @@
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>80</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>81</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="AC51" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>438</v>
       </c>
       <c r="D52" s="4">
         <v>412</v>
       </c>
       <c r="E52" s="4">
         <v>377</v>
       </c>
       <c r="F52" s="7">
@@ -4637,132 +4640,132 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>84</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="N55" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="O55" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>41</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>42</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>43</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>44</v>
       </c>
       <c r="V55" s="6" t="s">
         <v>44</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>45</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Y55" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Z55" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AA55" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AB55" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AC55" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AD55" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AE55" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AF55" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="7">
         <v>510</v>
       </c>
       <c r="D56" s="4">
         <v>417</v>
       </c>
       <c r="E56" s="4">
@@ -4925,141 +4928,141 @@
       </c>
       <c r="Z57" s="6">
         <v>100</v>
       </c>
       <c r="AA57" s="6">
         <v>100</v>
       </c>
       <c r="AB57" s="6">
         <v>100</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
       <c r="AD57" s="6">
         <v>100</v>
       </c>
       <c r="AE57" s="6">
         <v>100</v>
       </c>
       <c r="AF57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>83</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>85</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>88</v>
       </c>
       <c r="N59" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>92</v>
       </c>
       <c r="P59" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="Q59" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="R59" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="S59" s="6" t="s">
         <v>95</v>
       </c>
       <c r="T59" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U59" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V59" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W59" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X59" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y59" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z59" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AA59" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AB59" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AC59" s="6" t="s">
         <v>6</v>
       </c>
       <c r="AD59" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AE59" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AF59" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="7">
         <v>510</v>
       </c>
       <c r="D60" s="4">
         <v>426</v>
       </c>
       <c r="E60" s="4">
         <v>445</v>
       </c>
       <c r="F60" s="4">
         <v>425</v>
       </c>
       <c r="G60" s="4">
         <v>468</v>
       </c>
       <c r="H60" s="4">