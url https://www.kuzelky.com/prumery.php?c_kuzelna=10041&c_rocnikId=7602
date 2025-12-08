--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Výsledky hráčů družstva SKK Jeseník ˝A˝ na kuželně SKK Jeseník</t>
   </si>
   <si>
     <t>Miroslav Vala</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>14.12.2024</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
@@ -110,168 +113,168 @@
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Petr Šulák</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
+    <t>3.11.2025</t>
+  </si>
+  <si>
+    <t>27.11.2023</t>
+  </si>
+  <si>
+    <t>6.11.2023</t>
+  </si>
+  <si>
+    <t>5.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>17.2.2018</t>
+  </si>
+  <si>
+    <t>3.2.2018</t>
+  </si>
+  <si>
+    <t>13.1.2018</t>
+  </si>
+  <si>
+    <t>11.3.2017</t>
+  </si>
+  <si>
+    <t>25.2.2017</t>
+  </si>
+  <si>
+    <t>Rostislav Cundrla</t>
+  </si>
+  <si>
+    <t>8.4.2024</t>
+  </si>
+  <si>
+    <t>11.3.2024</t>
+  </si>
+  <si>
+    <t>26.2.2024</t>
+  </si>
+  <si>
+    <t>13.11.2023</t>
+  </si>
+  <si>
+    <t>7.4.2023</t>
+  </si>
+  <si>
     <t>26.2.2022</t>
-  </si>
-[...115 lines deleted...]
-    <t>7.4.2023</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
   <si>
     <t>3.3.2018</t>
   </si>
   <si>
     <t>Václav Smejkal</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
@@ -518,60 +521,60 @@
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="EEF5F9"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
@@ -587,57 +590,57 @@
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -925,4039 +928,4048 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="AF57" sqref="AF57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D3" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="6" t="s">
+      <c r="E3" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="F3" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="6" t="s">
+      <c r="G3" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="6" t="s">
+      <c r="H3" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="6" t="s">
+      <c r="I3" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="J3" s="6" t="s">
+      <c r="J3" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="K3" s="6" t="s">
+      <c r="K3" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="L3" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="M3" s="6" t="s">
+      <c r="M3" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="N3" s="6" t="s">
+      <c r="N3" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="O3" s="6" t="s">
+      <c r="O3" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="P3" s="6" t="s">
+      <c r="P3" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Q3" s="6" t="s">
+      <c r="Q3" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="R3" s="6" t="s">
+      <c r="R3" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="S3" s="6" t="s">
+      <c r="S3" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="T3" s="6" t="s">
+      <c r="T3" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="U3" s="6" t="s">
+      <c r="U3" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="V3" s="6" t="s">
+      <c r="V3" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="W3" s="6" t="s">
+      <c r="W3" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="X3" s="6" t="s">
+      <c r="X3" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="Y3" s="6" t="s">
+      <c r="Y3" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="Z3" s="6" t="s">
+      <c r="Z3" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AA3" s="6" t="s">
+      <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AB3" s="6" t="s">
+      <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AC3" s="6" t="s">
+      <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AD3" s="6" t="s">
+      <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AE3" s="6" t="s">
+      <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="AF3" s="6" t="s">
+      <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
-      <c r="B4" s="5" t="s">
+      <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>550</v>
+      </c>
+      <c r="D4" s="5">
         <v>447</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="5">
         <v>471</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="5">
         <v>455</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="5">
         <v>485</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="5">
         <v>431</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="5">
         <v>433</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="5">
         <v>449</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="5">
         <v>440</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="5">
         <v>420</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="5">
         <v>440</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="5">
         <v>389</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="5">
         <v>484</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="5">
         <v>436</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="5">
         <v>439</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="5">
         <v>450</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="5">
         <v>451</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="5">
         <v>468</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="5">
         <v>493</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="5">
         <v>484</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="5">
         <v>468</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="5">
         <v>459</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="5">
         <v>505</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="5">
         <v>485</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="5">
         <v>436</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="5">
         <v>469</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="5">
         <v>461</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="5">
         <v>441</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="5">
         <v>424</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="5">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="5" spans="1:32">
-      <c r="B5" s="5" t="s">
+      <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="6">
-[...86 lines deleted...]
-      <c r="AF5" s="6">
+      <c r="C5" s="4">
+        <v>120</v>
+      </c>
+      <c r="D5" s="7">
+        <v>100</v>
+      </c>
+      <c r="E5" s="7">
+        <v>100</v>
+      </c>
+      <c r="F5" s="7">
+        <v>100</v>
+      </c>
+      <c r="G5" s="7">
+        <v>100</v>
+      </c>
+      <c r="H5" s="7">
+        <v>100</v>
+      </c>
+      <c r="I5" s="7">
+        <v>100</v>
+      </c>
+      <c r="J5" s="7">
+        <v>100</v>
+      </c>
+      <c r="K5" s="7">
+        <v>100</v>
+      </c>
+      <c r="L5" s="7">
+        <v>100</v>
+      </c>
+      <c r="M5" s="7">
+        <v>100</v>
+      </c>
+      <c r="N5" s="7">
+        <v>100</v>
+      </c>
+      <c r="O5" s="7">
+        <v>100</v>
+      </c>
+      <c r="P5" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q5" s="7">
+        <v>100</v>
+      </c>
+      <c r="R5" s="7">
+        <v>100</v>
+      </c>
+      <c r="S5" s="7">
+        <v>100</v>
+      </c>
+      <c r="T5" s="7">
+        <v>100</v>
+      </c>
+      <c r="U5" s="7">
+        <v>100</v>
+      </c>
+      <c r="V5" s="7">
+        <v>100</v>
+      </c>
+      <c r="W5" s="7">
+        <v>100</v>
+      </c>
+      <c r="X5" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y5" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B7" s="5" t="s">
+      <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="6" t="s">
+      <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="F7" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="G7" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="H7" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="I7" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="J7" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="K7" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="L7" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="M7" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="N7" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="O7" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="P7" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="Q7" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="R7" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="S7" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="T7" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="U7" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="V7" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="W7" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="X7" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Y7" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="Z7" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AA7" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AB7" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AC7" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AD7" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AE7" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="AF7" s="6" t="s">
+      <c r="AF7" s="7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:32">
-      <c r="B8" s="5" t="s">
+      <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="4">
+      <c r="C8" s="5">
+        <v>375</v>
+      </c>
+      <c r="D8" s="5">
         <v>386</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="5">
         <v>403</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="5">
         <v>412</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="5">
         <v>405</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="5">
         <v>411</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="5">
         <v>394</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="5">
         <v>412</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="5">
         <v>422</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="5">
         <v>456</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="5">
         <v>420</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="5">
         <v>386</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="5">
         <v>437</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="5">
         <v>403</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="5">
         <v>427</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="5">
         <v>409</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="5">
         <v>456</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="5">
         <v>419</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="5">
         <v>400</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="5">
         <v>371</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="5">
         <v>455</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="5">
         <v>420</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="5">
         <v>440</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="5">
         <v>419</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="5">
         <v>422</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="5">
         <v>456</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="5">
         <v>406</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="5">
         <v>410</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="5">
         <v>438</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="5">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="9" spans="1:32">
-      <c r="B9" s="5" t="s">
+      <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="6">
-[...86 lines deleted...]
-      <c r="AF9" s="6">
+      <c r="C9" s="7">
+        <v>100</v>
+      </c>
+      <c r="D9" s="7">
+        <v>100</v>
+      </c>
+      <c r="E9" s="7">
+        <v>100</v>
+      </c>
+      <c r="F9" s="7">
+        <v>100</v>
+      </c>
+      <c r="G9" s="7">
+        <v>100</v>
+      </c>
+      <c r="H9" s="7">
+        <v>100</v>
+      </c>
+      <c r="I9" s="7">
+        <v>100</v>
+      </c>
+      <c r="J9" s="7">
+        <v>100</v>
+      </c>
+      <c r="K9" s="7">
+        <v>100</v>
+      </c>
+      <c r="L9" s="7">
+        <v>100</v>
+      </c>
+      <c r="M9" s="7">
+        <v>100</v>
+      </c>
+      <c r="N9" s="7">
+        <v>100</v>
+      </c>
+      <c r="O9" s="7">
+        <v>100</v>
+      </c>
+      <c r="P9" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>100</v>
+      </c>
+      <c r="R9" s="7">
+        <v>100</v>
+      </c>
+      <c r="S9" s="7">
+        <v>100</v>
+      </c>
+      <c r="T9" s="7">
+        <v>100</v>
+      </c>
+      <c r="U9" s="7">
+        <v>100</v>
+      </c>
+      <c r="V9" s="7">
+        <v>100</v>
+      </c>
+      <c r="W9" s="7">
+        <v>100</v>
+      </c>
+      <c r="X9" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y9" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C11" s="6" t="s">
+      <c r="C11" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="D11" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="6" t="s">
+      <c r="E11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="G11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="6" t="s">
+      <c r="G11" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="I11" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="J11" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L11" s="6" t="s">
+      <c r="J11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K11" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="L11" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="M11" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="O11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P11" s="6" t="s">
+      <c r="N11" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="O11" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="P11" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="Q11" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="R11" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="T11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="U11" s="6" t="s">
+      <c r="S11" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="T11" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="U11" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="V11" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="W11" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="Y11" s="6" t="s">
-[...14 lines deleted...]
-      <c r="AD11" s="6" t="s">
+      <c r="X11" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y11" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z11" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA11" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB11" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC11" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="AE11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AF11" s="6" t="s">
+      <c r="AD11" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE11" s="7" t="s">
         <v>62</v>
+      </c>
+      <c r="AF11" s="7" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:32">
-      <c r="B12" s="5" t="s">
+      <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="4">
+      <c r="C12" s="5">
         <v>432</v>
       </c>
-      <c r="D12" s="4">
+      <c r="D12" s="5">
         <v>415</v>
       </c>
-      <c r="E12" s="4">
+      <c r="E12" s="5">
         <v>444</v>
       </c>
-      <c r="F12" s="4">
+      <c r="F12" s="5">
         <v>441</v>
       </c>
-      <c r="G12" s="4">
+      <c r="G12" s="5">
         <v>460</v>
       </c>
-      <c r="H12" s="4">
+      <c r="H12" s="5">
         <v>431</v>
       </c>
-      <c r="I12" s="4">
+      <c r="I12" s="5">
         <v>422</v>
       </c>
-      <c r="J12" s="4">
+      <c r="J12" s="5">
         <v>429</v>
       </c>
-      <c r="K12" s="4">
+      <c r="K12" s="5">
         <v>441</v>
       </c>
-      <c r="L12" s="4">
+      <c r="L12" s="5">
         <v>429</v>
       </c>
-      <c r="M12" s="4">
+      <c r="M12" s="5">
         <v>453</v>
       </c>
-      <c r="N12" s="4">
+      <c r="N12" s="5">
         <v>424</v>
       </c>
-      <c r="O12" s="4">
+      <c r="O12" s="5">
         <v>441</v>
       </c>
-      <c r="P12" s="4">
+      <c r="P12" s="5">
         <v>469</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="Q12" s="5">
         <v>418</v>
       </c>
-      <c r="R12" s="4">
+      <c r="R12" s="5">
         <v>459</v>
       </c>
-      <c r="S12" s="4">
+      <c r="S12" s="5">
         <v>428</v>
       </c>
-      <c r="T12" s="4">
+      <c r="T12" s="5">
         <v>411</v>
       </c>
-      <c r="U12" s="4">
+      <c r="U12" s="5">
         <v>472</v>
       </c>
-      <c r="V12" s="4">
+      <c r="V12" s="5">
         <v>460</v>
       </c>
-      <c r="W12" s="4">
+      <c r="W12" s="5">
         <v>413</v>
       </c>
-      <c r="X12" s="4">
+      <c r="X12" s="5">
         <v>437</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Y12" s="5">
         <v>405</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="Z12" s="5">
         <v>435</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AA12" s="5">
         <v>414</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AB12" s="5">
         <v>386</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AC12" s="5">
         <v>450</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AD12" s="5">
         <v>421</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AE12" s="5">
         <v>436</v>
       </c>
-      <c r="AF12" s="4">
+      <c r="AF12" s="5">
         <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:32">
-      <c r="B13" s="5" t="s">
+      <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="6">
-[...86 lines deleted...]
-      <c r="AF13" s="6">
+      <c r="C13" s="7">
+        <v>100</v>
+      </c>
+      <c r="D13" s="7">
+        <v>100</v>
+      </c>
+      <c r="E13" s="7">
+        <v>100</v>
+      </c>
+      <c r="F13" s="7">
+        <v>100</v>
+      </c>
+      <c r="G13" s="7">
+        <v>100</v>
+      </c>
+      <c r="H13" s="7">
+        <v>100</v>
+      </c>
+      <c r="I13" s="7">
+        <v>100</v>
+      </c>
+      <c r="J13" s="7">
+        <v>100</v>
+      </c>
+      <c r="K13" s="7">
+        <v>100</v>
+      </c>
+      <c r="L13" s="7">
+        <v>100</v>
+      </c>
+      <c r="M13" s="7">
+        <v>100</v>
+      </c>
+      <c r="N13" s="7">
+        <v>100</v>
+      </c>
+      <c r="O13" s="7">
+        <v>100</v>
+      </c>
+      <c r="P13" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>100</v>
+      </c>
+      <c r="R13" s="7">
+        <v>100</v>
+      </c>
+      <c r="S13" s="7">
+        <v>100</v>
+      </c>
+      <c r="T13" s="7">
+        <v>100</v>
+      </c>
+      <c r="U13" s="7">
+        <v>100</v>
+      </c>
+      <c r="V13" s="7">
+        <v>100</v>
+      </c>
+      <c r="W13" s="7">
+        <v>100</v>
+      </c>
+      <c r="X13" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y13" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B15" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="6" t="s">
+      <c r="C15" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D15" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="E15" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="F15" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="6" t="s">
+      <c r="G15" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="H15" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="I15" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="J15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K15" s="6" t="s">
+      <c r="J15" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="L15" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="M15" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="N15" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="O15" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="P15" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="Q15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R15" s="6" t="s">
+      <c r="Q15" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="S15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T15" s="6" t="s">
+      <c r="R15" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="S15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="T15" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="U15" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="V15" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="W15" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="X15" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Y15" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="Z15" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AA15" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AB15" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AC15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AD15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AE15" s="6" t="s">
+      <c r="AD15" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AF15" s="6" t="s">
-        <v>28</v>
+      <c r="AE15" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF15" s="7" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:32">
-      <c r="B16" s="5" t="s">
+      <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C16" s="4">
         <v>533</v>
       </c>
-      <c r="D16" s="7">
+      <c r="D16" s="4">
+        <v>533</v>
+      </c>
+      <c r="E16" s="4">
         <v>527</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="4">
         <v>532</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="4">
         <v>503</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="5">
         <v>465</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="5">
         <v>474</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="5">
         <v>443</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="5">
         <v>429</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="5">
         <v>445</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="5">
         <v>429</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="5">
         <v>445</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="5">
         <v>458</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="5">
         <v>452</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="5">
         <v>444</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="5">
         <v>485</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="5">
         <v>460</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="5">
         <v>434</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="5">
         <v>430</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="5">
         <v>461</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="5">
         <v>439</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="5">
         <v>463</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="5">
         <v>480</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="5">
         <v>437</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="5">
         <v>463</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="5">
         <v>469</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="5">
         <v>481</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="5">
         <v>484</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="5">
         <v>482</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="5">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="17" spans="1:32">
-      <c r="B17" s="5" t="s">
+      <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="7">
+      <c r="C17" s="4">
         <v>120</v>
       </c>
-      <c r="D17" s="7">
+      <c r="D17" s="4">
         <v>120</v>
       </c>
-      <c r="E17" s="7">
+      <c r="E17" s="4">
         <v>120</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F17" s="4">
         <v>120</v>
       </c>
-      <c r="G17" s="6">
-[...74 lines deleted...]
-      <c r="AF17" s="6">
+      <c r="G17" s="4">
+        <v>120</v>
+      </c>
+      <c r="H17" s="7">
+        <v>100</v>
+      </c>
+      <c r="I17" s="7">
+        <v>100</v>
+      </c>
+      <c r="J17" s="7">
+        <v>100</v>
+      </c>
+      <c r="K17" s="7">
+        <v>100</v>
+      </c>
+      <c r="L17" s="7">
+        <v>100</v>
+      </c>
+      <c r="M17" s="7">
+        <v>100</v>
+      </c>
+      <c r="N17" s="7">
+        <v>100</v>
+      </c>
+      <c r="O17" s="7">
+        <v>100</v>
+      </c>
+      <c r="P17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>100</v>
+      </c>
+      <c r="R17" s="7">
+        <v>100</v>
+      </c>
+      <c r="S17" s="7">
+        <v>100</v>
+      </c>
+      <c r="T17" s="7">
+        <v>100</v>
+      </c>
+      <c r="U17" s="7">
+        <v>100</v>
+      </c>
+      <c r="V17" s="7">
+        <v>100</v>
+      </c>
+      <c r="W17" s="7">
+        <v>100</v>
+      </c>
+      <c r="X17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="B19" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C19" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="6" t="s">
+      <c r="C19" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="D19" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="F19" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="G19" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="I19" s="6" t="s">
-[...8 lines deleted...]
-      <c r="L19" s="6" t="s">
+      <c r="H19" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="J19" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K19" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="M19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="N19" s="6" t="s">
+      <c r="L19" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M19" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="N19" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q19" s="6" t="s">
+      <c r="O19" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P19" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="Q19" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="R19" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="S19" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="T19" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="U19" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="W19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="X19" s="6" t="s">
+      <c r="V19" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="W19" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="X19" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="Y19" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="Z19" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AA19" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AB19" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AC19" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AD19" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="AF19" s="6" t="s">
+      <c r="AE19" s="7" t="s">
         <v>109</v>
+      </c>
+      <c r="AF19" s="7" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:32">
-      <c r="B20" s="5" t="s">
+      <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="4">
+      <c r="C20" s="5">
         <v>371</v>
       </c>
-      <c r="D20" s="4">
+      <c r="D20" s="5">
         <v>461</v>
       </c>
-      <c r="E20" s="4">
+      <c r="E20" s="5">
         <v>424</v>
       </c>
-      <c r="F20" s="4">
+      <c r="F20" s="5">
         <v>396</v>
       </c>
-      <c r="G20" s="4">
+      <c r="G20" s="5">
         <v>417</v>
       </c>
-      <c r="H20" s="4">
+      <c r="H20" s="5">
         <v>412</v>
       </c>
-      <c r="I20" s="4">
+      <c r="I20" s="5">
         <v>406</v>
       </c>
-      <c r="J20" s="4">
+      <c r="J20" s="5">
         <v>378</v>
       </c>
-      <c r="K20" s="4">
+      <c r="K20" s="5">
         <v>446</v>
       </c>
-      <c r="L20" s="4">
+      <c r="L20" s="5">
         <v>413</v>
       </c>
-      <c r="M20" s="4">
+      <c r="M20" s="5">
         <v>431</v>
       </c>
-      <c r="N20" s="4">
+      <c r="N20" s="5">
         <v>394</v>
       </c>
-      <c r="O20" s="4">
+      <c r="O20" s="5">
         <v>402</v>
       </c>
-      <c r="P20" s="4">
+      <c r="P20" s="5">
         <v>445</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="Q20" s="5">
         <v>430</v>
       </c>
-      <c r="R20" s="4">
+      <c r="R20" s="5">
         <v>413</v>
       </c>
-      <c r="S20" s="4">
+      <c r="S20" s="5">
         <v>399</v>
       </c>
-      <c r="T20" s="4">
+      <c r="T20" s="5">
         <v>411</v>
       </c>
-      <c r="U20" s="4">
+      <c r="U20" s="5">
         <v>395</v>
       </c>
-      <c r="V20" s="4">
+      <c r="V20" s="5">
         <v>456</v>
       </c>
-      <c r="W20" s="4">
+      <c r="W20" s="5">
         <v>413</v>
       </c>
-      <c r="X20" s="4">
+      <c r="X20" s="5">
         <v>428</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Y20" s="5">
         <v>437</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="Z20" s="5">
         <v>395</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AA20" s="5">
         <v>407</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AB20" s="5">
         <v>410</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AC20" s="5">
         <v>394</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AD20" s="5">
         <v>434</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AE20" s="5">
         <v>400</v>
       </c>
-      <c r="AF20" s="4">
+      <c r="AF20" s="5">
         <v>398</v>
       </c>
     </row>
     <row r="21" spans="1:32">
-      <c r="B21" s="5" t="s">
+      <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C21" s="6">
-[...86 lines deleted...]
-      <c r="AF21" s="6">
+      <c r="C21" s="7">
+        <v>100</v>
+      </c>
+      <c r="D21" s="7">
+        <v>100</v>
+      </c>
+      <c r="E21" s="7">
+        <v>100</v>
+      </c>
+      <c r="F21" s="7">
+        <v>100</v>
+      </c>
+      <c r="G21" s="7">
+        <v>100</v>
+      </c>
+      <c r="H21" s="7">
+        <v>100</v>
+      </c>
+      <c r="I21" s="7">
+        <v>100</v>
+      </c>
+      <c r="J21" s="7">
+        <v>100</v>
+      </c>
+      <c r="K21" s="7">
+        <v>100</v>
+      </c>
+      <c r="L21" s="7">
+        <v>100</v>
+      </c>
+      <c r="M21" s="7">
+        <v>100</v>
+      </c>
+      <c r="N21" s="7">
+        <v>100</v>
+      </c>
+      <c r="O21" s="7">
+        <v>100</v>
+      </c>
+      <c r="P21" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q21" s="7">
+        <v>100</v>
+      </c>
+      <c r="R21" s="7">
+        <v>100</v>
+      </c>
+      <c r="S21" s="7">
+        <v>100</v>
+      </c>
+      <c r="T21" s="7">
+        <v>100</v>
+      </c>
+      <c r="U21" s="7">
+        <v>100</v>
+      </c>
+      <c r="V21" s="7">
+        <v>100</v>
+      </c>
+      <c r="W21" s="7">
+        <v>100</v>
+      </c>
+      <c r="X21" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y21" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B23" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="6" t="s">
+      <c r="C23" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="6" t="s">
+      <c r="E23" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="G23" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="H23" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="I23" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="J23" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="K23" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="L23" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N23" s="6" t="s">
-[...5 lines deleted...]
-      <c r="P23" s="6" t="s">
+      <c r="M23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="N23" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="O23" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="P23" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="Q23" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="R23" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="S23" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="T23" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="U23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="V23" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="W23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="X23" s="6" t="s">
+      <c r="W23" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="X23" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="Y23" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="Z23" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AB23" s="6" t="s">
-[...5 lines deleted...]
-      <c r="AD23" s="6" t="s">
+      <c r="AA23" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB23" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC23" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AD23" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AF23" s="6" t="s">
+      <c r="AE23" s="7" t="s">
         <v>30</v>
+      </c>
+      <c r="AF23" s="7" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:32">
-      <c r="B24" s="5" t="s">
+      <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C24" s="4">
+      <c r="C24" s="5">
         <v>443</v>
       </c>
-      <c r="D24" s="4">
+      <c r="D24" s="5">
         <v>402</v>
       </c>
-      <c r="E24" s="4">
+      <c r="E24" s="5">
         <v>478</v>
       </c>
-      <c r="F24" s="4">
+      <c r="F24" s="5">
         <v>439</v>
       </c>
-      <c r="G24" s="4">
+      <c r="G24" s="5">
         <v>455</v>
       </c>
-      <c r="H24" s="4">
+      <c r="H24" s="5">
         <v>448</v>
       </c>
-      <c r="I24" s="4">
+      <c r="I24" s="5">
         <v>429</v>
       </c>
-      <c r="J24" s="4">
+      <c r="J24" s="5">
         <v>443</v>
       </c>
-      <c r="K24" s="4">
+      <c r="K24" s="5">
         <v>427</v>
       </c>
-      <c r="L24" s="4">
+      <c r="L24" s="5">
         <v>453</v>
       </c>
-      <c r="M24" s="4">
+      <c r="M24" s="5">
         <v>421</v>
       </c>
-      <c r="N24" s="4">
+      <c r="N24" s="5">
         <v>433</v>
       </c>
-      <c r="O24" s="4">
+      <c r="O24" s="5">
         <v>468</v>
       </c>
-      <c r="P24" s="4">
+      <c r="P24" s="5">
         <v>480</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="Q24" s="5">
         <v>475</v>
       </c>
-      <c r="R24" s="4">
+      <c r="R24" s="5">
         <v>505</v>
       </c>
-      <c r="S24" s="4">
+      <c r="S24" s="5">
         <v>447</v>
       </c>
-      <c r="T24" s="4">
+      <c r="T24" s="5">
         <v>464</v>
       </c>
-      <c r="U24" s="4">
+      <c r="U24" s="5">
         <v>490</v>
       </c>
-      <c r="V24" s="4">
+      <c r="V24" s="5">
         <v>457</v>
       </c>
-      <c r="W24" s="4">
+      <c r="W24" s="5">
         <v>472</v>
       </c>
-      <c r="X24" s="4">
+      <c r="X24" s="5">
         <v>511</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Y24" s="5">
         <v>443</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="Z24" s="5">
         <v>423</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AA24" s="5">
         <v>439</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AB24" s="5">
         <v>477</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AC24" s="5">
         <v>448</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AD24" s="5">
         <v>437</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AE24" s="5">
         <v>488</v>
       </c>
-      <c r="AF24" s="4">
+      <c r="AF24" s="5">
         <v>457</v>
       </c>
     </row>
     <row r="25" spans="1:32">
-      <c r="B25" s="5" t="s">
+      <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C25" s="6">
-[...86 lines deleted...]
-      <c r="AF25" s="6">
+      <c r="C25" s="7">
+        <v>100</v>
+      </c>
+      <c r="D25" s="7">
+        <v>100</v>
+      </c>
+      <c r="E25" s="7">
+        <v>100</v>
+      </c>
+      <c r="F25" s="7">
+        <v>100</v>
+      </c>
+      <c r="G25" s="7">
+        <v>100</v>
+      </c>
+      <c r="H25" s="7">
+        <v>100</v>
+      </c>
+      <c r="I25" s="7">
+        <v>100</v>
+      </c>
+      <c r="J25" s="7">
+        <v>100</v>
+      </c>
+      <c r="K25" s="7">
+        <v>100</v>
+      </c>
+      <c r="L25" s="7">
+        <v>100</v>
+      </c>
+      <c r="M25" s="7">
+        <v>100</v>
+      </c>
+      <c r="N25" s="7">
+        <v>100</v>
+      </c>
+      <c r="O25" s="7">
+        <v>100</v>
+      </c>
+      <c r="P25" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>100</v>
+      </c>
+      <c r="R25" s="7">
+        <v>100</v>
+      </c>
+      <c r="S25" s="7">
+        <v>100</v>
+      </c>
+      <c r="T25" s="7">
+        <v>100</v>
+      </c>
+      <c r="U25" s="7">
+        <v>100</v>
+      </c>
+      <c r="V25" s="7">
+        <v>100</v>
+      </c>
+      <c r="W25" s="7">
+        <v>100</v>
+      </c>
+      <c r="X25" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y25" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="B27" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="6" t="s">
+      <c r="C27" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="E27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="F27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="6" t="s">
+      <c r="G27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="H27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="I27" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="J27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="K27" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="L27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="M27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="N27" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="O27" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="P27" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="Q27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R27" s="6" t="s">
+      <c r="Q27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="R27" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="S27" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="T27" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="U27" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="V27" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="W27" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="X27" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Y27" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="Z27" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AA27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="AB27" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="AB27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AC27" s="6" t="s">
+      <c r="AC27" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AD27" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AE27" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AF27" s="6" t="s">
+      <c r="AF27" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:32">
-      <c r="B28" s="5" t="s">
+      <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C28" s="7">
+      <c r="C28" s="4">
+        <v>592</v>
+      </c>
+      <c r="D28" s="4">
         <v>518</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="4">
         <v>538</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="4">
         <v>500</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="4">
         <v>522</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="5">
         <v>458</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="5">
         <v>477</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="5">
         <v>444</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="5">
         <v>472</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="5">
         <v>439</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="5">
         <v>460</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="5">
         <v>450</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="5">
         <v>431</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="5">
         <v>425</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="5">
         <v>476</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="5">
         <v>453</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="5">
         <v>448</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="5">
         <v>452</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="5">
         <v>464</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="5">
         <v>469</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="5">
         <v>465</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="5">
         <v>499</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="5">
         <v>420</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="5">
         <v>473</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="5">
         <v>502</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="5">
         <v>440</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="5">
         <v>453</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="5">
         <v>424</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="5">
         <v>379</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="5">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:32">
-      <c r="B29" s="5" t="s">
+      <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C29" s="7">
+      <c r="C29" s="4">
         <v>120</v>
       </c>
-      <c r="D29" s="7">
+      <c r="D29" s="4">
         <v>120</v>
       </c>
-      <c r="E29" s="7">
+      <c r="E29" s="4">
         <v>120</v>
       </c>
-      <c r="F29" s="7">
+      <c r="F29" s="4">
         <v>120</v>
       </c>
-      <c r="G29" s="6">
-[...74 lines deleted...]
-      <c r="AF29" s="6">
+      <c r="G29" s="4">
+        <v>120</v>
+      </c>
+      <c r="H29" s="7">
+        <v>100</v>
+      </c>
+      <c r="I29" s="7">
+        <v>100</v>
+      </c>
+      <c r="J29" s="7">
+        <v>100</v>
+      </c>
+      <c r="K29" s="7">
+        <v>100</v>
+      </c>
+      <c r="L29" s="7">
+        <v>100</v>
+      </c>
+      <c r="M29" s="7">
+        <v>100</v>
+      </c>
+      <c r="N29" s="7">
+        <v>100</v>
+      </c>
+      <c r="O29" s="7">
+        <v>100</v>
+      </c>
+      <c r="P29" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q29" s="7">
+        <v>100</v>
+      </c>
+      <c r="R29" s="7">
+        <v>100</v>
+      </c>
+      <c r="S29" s="7">
+        <v>100</v>
+      </c>
+      <c r="T29" s="7">
+        <v>100</v>
+      </c>
+      <c r="U29" s="7">
+        <v>100</v>
+      </c>
+      <c r="V29" s="7">
+        <v>100</v>
+      </c>
+      <c r="W29" s="7">
+        <v>100</v>
+      </c>
+      <c r="X29" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y29" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B31" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C31" s="6" t="s">
-[...17 lines deleted...]
-      <c r="I31" s="6" t="s">
+      <c r="C31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G31" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="J31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K31" s="6" t="s">
+      <c r="H31" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="I31" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="J31" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="K31" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="L31" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="M31" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="N31" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="O31" s="7" t="s">
         <v>120</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="P31" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="Q31" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="R31" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="S31" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="T31" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="U31" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="V31" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="W31" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="X31" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="Y31" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="Z31" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AA31" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AB31" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AC31" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AD31" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="AF31" s="6" t="s">
+      <c r="AE31" s="7" t="s">
         <v>136</v>
+      </c>
+      <c r="AF31" s="7" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:32">
-      <c r="B32" s="5" t="s">
+      <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="4">
+      <c r="C32" s="5">
         <v>447</v>
       </c>
-      <c r="D32" s="4">
+      <c r="D32" s="5">
         <v>473</v>
       </c>
-      <c r="E32" s="4">
+      <c r="E32" s="5">
         <v>443</v>
       </c>
-      <c r="F32" s="4">
+      <c r="F32" s="5">
         <v>434</v>
       </c>
-      <c r="G32" s="4">
+      <c r="G32" s="5">
         <v>443</v>
       </c>
-      <c r="H32" s="4">
+      <c r="H32" s="5">
         <v>429</v>
       </c>
-      <c r="I32" s="4">
+      <c r="I32" s="5">
         <v>425</v>
       </c>
-      <c r="J32" s="4">
+      <c r="J32" s="5">
         <v>430</v>
       </c>
-      <c r="K32" s="4">
+      <c r="K32" s="5">
         <v>420</v>
       </c>
-      <c r="L32" s="4">
+      <c r="L32" s="5">
         <v>442</v>
       </c>
-      <c r="M32" s="4">
+      <c r="M32" s="5">
         <v>424</v>
       </c>
-      <c r="N32" s="4">
+      <c r="N32" s="5">
         <v>406</v>
       </c>
-      <c r="O32" s="7">
+      <c r="O32" s="4">
         <v>491</v>
       </c>
-      <c r="P32" s="7">
+      <c r="P32" s="4">
         <v>534</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="Q32" s="4">
         <v>518</v>
       </c>
-      <c r="R32" s="7">
+      <c r="R32" s="4">
         <v>541</v>
       </c>
-      <c r="S32" s="7">
+      <c r="S32" s="4">
         <v>512</v>
       </c>
-      <c r="T32" s="7">
+      <c r="T32" s="4">
         <v>501</v>
       </c>
-      <c r="U32" s="7">
+      <c r="U32" s="4">
         <v>514</v>
       </c>
-      <c r="V32" s="7">
+      <c r="V32" s="4">
         <v>531</v>
       </c>
-      <c r="W32" s="7">
+      <c r="W32" s="4">
         <v>520</v>
       </c>
-      <c r="X32" s="7">
+      <c r="X32" s="4">
         <v>475</v>
       </c>
-      <c r="Y32" s="7">
+      <c r="Y32" s="4">
         <v>458</v>
       </c>
-      <c r="Z32" s="7">
+      <c r="Z32" s="4">
         <v>526</v>
       </c>
-      <c r="AA32" s="7">
+      <c r="AA32" s="4">
         <v>530</v>
       </c>
-      <c r="AB32" s="7">
+      <c r="AB32" s="4">
         <v>498</v>
       </c>
-      <c r="AC32" s="7">
+      <c r="AC32" s="4">
         <v>530</v>
       </c>
-      <c r="AD32" s="7">
+      <c r="AD32" s="4">
         <v>492</v>
       </c>
-      <c r="AE32" s="7">
+      <c r="AE32" s="4">
         <v>494</v>
       </c>
-      <c r="AF32" s="7">
+      <c r="AF32" s="4">
         <v>512</v>
       </c>
     </row>
     <row r="33" spans="1:32">
-      <c r="B33" s="5" t="s">
+      <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C33" s="6">
-[...35 lines deleted...]
-      <c r="O33" s="7">
+      <c r="C33" s="7">
+        <v>100</v>
+      </c>
+      <c r="D33" s="7">
+        <v>100</v>
+      </c>
+      <c r="E33" s="7">
+        <v>100</v>
+      </c>
+      <c r="F33" s="7">
+        <v>100</v>
+      </c>
+      <c r="G33" s="7">
+        <v>100</v>
+      </c>
+      <c r="H33" s="7">
+        <v>100</v>
+      </c>
+      <c r="I33" s="7">
+        <v>100</v>
+      </c>
+      <c r="J33" s="7">
+        <v>100</v>
+      </c>
+      <c r="K33" s="7">
+        <v>100</v>
+      </c>
+      <c r="L33" s="7">
+        <v>100</v>
+      </c>
+      <c r="M33" s="7">
+        <v>100</v>
+      </c>
+      <c r="N33" s="7">
+        <v>100</v>
+      </c>
+      <c r="O33" s="4">
         <v>120</v>
       </c>
-      <c r="P33" s="7">
+      <c r="P33" s="4">
         <v>120</v>
       </c>
-      <c r="Q33" s="7">
+      <c r="Q33" s="4">
         <v>120</v>
       </c>
-      <c r="R33" s="7">
+      <c r="R33" s="4">
         <v>120</v>
       </c>
-      <c r="S33" s="7">
+      <c r="S33" s="4">
         <v>120</v>
       </c>
-      <c r="T33" s="7">
+      <c r="T33" s="4">
         <v>120</v>
       </c>
-      <c r="U33" s="7">
+      <c r="U33" s="4">
         <v>120</v>
       </c>
-      <c r="V33" s="7">
+      <c r="V33" s="4">
         <v>120</v>
       </c>
-      <c r="W33" s="7">
+      <c r="W33" s="4">
         <v>120</v>
       </c>
-      <c r="X33" s="7">
+      <c r="X33" s="4">
         <v>120</v>
       </c>
-      <c r="Y33" s="7">
+      <c r="Y33" s="4">
         <v>120</v>
       </c>
-      <c r="Z33" s="7">
+      <c r="Z33" s="4">
         <v>120</v>
       </c>
-      <c r="AA33" s="7">
+      <c r="AA33" s="4">
         <v>120</v>
       </c>
-      <c r="AB33" s="7">
+      <c r="AB33" s="4">
         <v>120</v>
       </c>
-      <c r="AC33" s="7">
+      <c r="AC33" s="4">
         <v>120</v>
       </c>
-      <c r="AD33" s="7">
+      <c r="AD33" s="4">
         <v>120</v>
       </c>
-      <c r="AE33" s="7">
+      <c r="AE33" s="4">
         <v>120</v>
       </c>
-      <c r="AF33" s="7">
+      <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="B35" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="6" t="s">
+      <c r="C35" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D35" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="E35" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="F35" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H35" s="6" t="s">
+      <c r="G35" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="H35" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="I35" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="J35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K35" s="6" t="s">
+      <c r="J35" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="K35" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="L35" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="M35" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="N35" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="O35" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="P35" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="Q35" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S35" s="6" t="s">
+      <c r="R35" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="S35" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="T35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="U35" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="V35" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="W35" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="X35" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Y35" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="Z35" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AA35" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AB35" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC35" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="AC35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AD35" s="6" t="s">
+      <c r="AD35" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AE35" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AF35" s="6" t="s">
+      <c r="AF35" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:32">
-      <c r="B36" s="5" t="s">
+      <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="7">
+      <c r="C36" s="4">
+        <v>536</v>
+      </c>
+      <c r="D36" s="4">
         <v>534</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="4">
         <v>535</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="4">
         <v>583</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="4">
         <v>539</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="5">
         <v>423</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="5">
         <v>503</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="5">
         <v>496</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="5">
         <v>480</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="5">
         <v>504</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="5">
         <v>487</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="5">
         <v>454</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="5">
         <v>447</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="5">
         <v>471</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="5">
         <v>466</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="5">
         <v>475</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="5">
         <v>457</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="5">
         <v>432</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="5">
         <v>437</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="5">
         <v>464</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="5">
         <v>486</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="5">
         <v>413</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="5">
         <v>480</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="5">
         <v>460</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="5">
         <v>434</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="5">
         <v>472</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="5">
         <v>448</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="5">
         <v>489</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="5">
         <v>454</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="5">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="37" spans="1:32">
-      <c r="B37" s="5" t="s">
+      <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="7">
+      <c r="C37" s="4">
         <v>120</v>
       </c>
-      <c r="D37" s="7">
+      <c r="D37" s="4">
         <v>120</v>
       </c>
-      <c r="E37" s="7">
+      <c r="E37" s="4">
         <v>120</v>
       </c>
-      <c r="F37" s="7">
+      <c r="F37" s="4">
         <v>120</v>
       </c>
-      <c r="G37" s="6">
-[...74 lines deleted...]
-      <c r="AF37" s="6">
+      <c r="G37" s="4">
+        <v>120</v>
+      </c>
+      <c r="H37" s="7">
+        <v>100</v>
+      </c>
+      <c r="I37" s="7">
+        <v>100</v>
+      </c>
+      <c r="J37" s="7">
+        <v>100</v>
+      </c>
+      <c r="K37" s="7">
+        <v>100</v>
+      </c>
+      <c r="L37" s="7">
+        <v>100</v>
+      </c>
+      <c r="M37" s="7">
+        <v>100</v>
+      </c>
+      <c r="N37" s="7">
+        <v>100</v>
+      </c>
+      <c r="O37" s="7">
+        <v>100</v>
+      </c>
+      <c r="P37" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q37" s="7">
+        <v>100</v>
+      </c>
+      <c r="R37" s="7">
+        <v>100</v>
+      </c>
+      <c r="S37" s="7">
+        <v>100</v>
+      </c>
+      <c r="T37" s="7">
+        <v>100</v>
+      </c>
+      <c r="U37" s="7">
+        <v>100</v>
+      </c>
+      <c r="V37" s="7">
+        <v>100</v>
+      </c>
+      <c r="W37" s="7">
+        <v>100</v>
+      </c>
+      <c r="X37" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y37" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="B39" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="6" t="s">
+      <c r="C39" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G39" s="6" t="s">
+      <c r="E39" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="F39" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="H39" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M39" s="6" t="s">
+      <c r="G39" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="J39" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="K39" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="L39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="M39" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="N39" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="N39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="O39" s="6" t="s">
+      <c r="O39" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="P39" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="P39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q39" s="6" t="s">
+      <c r="Q39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="R39" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="R39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S39" s="6" t="s">
+      <c r="S39" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="T39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="U39" s="6" t="s">
+      <c r="T39" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="U39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="V39" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="V39" s="6" t="s">
-[...8 lines deleted...]
-      <c r="Y39" s="6" t="s">
+      <c r="W39" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="X39" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="Y39" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="Z39" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="Z39" s="6" t="s">
-[...14 lines deleted...]
-      <c r="AE39" s="6" t="s">
+      <c r="AA39" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="AB39" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="AC39" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD39" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE39" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="AF39" s="6" t="s">
-        <v>39</v>
+      <c r="AF39" s="7" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="40" spans="1:32">
-      <c r="B40" s="5" t="s">
+      <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C40" s="4">
+      <c r="C40" s="5">
+        <v>447</v>
+      </c>
+      <c r="D40" s="5">
         <v>438</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="5">
         <v>412</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="5">
         <v>377</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="4">
         <v>512</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="5">
         <v>436</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="5">
         <v>429</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="5">
         <v>392</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="5">
         <v>410</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="5">
         <v>419</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="5">
         <v>404</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="5">
         <v>433</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="5">
         <v>421</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="5">
         <v>401</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="5">
         <v>437</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="5">
         <v>378</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="5">
         <v>399</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="5">
         <v>387</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="5">
         <v>441</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="5">
         <v>417</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="5">
         <v>428</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="5">
         <v>427</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="5">
         <v>414</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="5">
         <v>461</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="5">
         <v>463</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="5">
         <v>424</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="5">
         <v>477</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="5">
         <v>451</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="5">
         <v>467</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="5">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="41" spans="1:32">
-      <c r="B41" s="5" t="s">
+      <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C41" s="6">
-[...5 lines deleted...]
-      <c r="E41" s="6">
+      <c r="C41" s="7">
+        <v>100</v>
+      </c>
+      <c r="D41" s="7">
+        <v>100</v>
+      </c>
+      <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
+        <v>100</v>
+      </c>
+      <c r="G41" s="4">
         <v>120</v>
       </c>
-      <c r="G41" s="6">
-[...74 lines deleted...]
-      <c r="AF41" s="6">
+      <c r="H41" s="7">
+        <v>100</v>
+      </c>
+      <c r="I41" s="7">
+        <v>100</v>
+      </c>
+      <c r="J41" s="7">
+        <v>100</v>
+      </c>
+      <c r="K41" s="7">
+        <v>100</v>
+      </c>
+      <c r="L41" s="7">
+        <v>100</v>
+      </c>
+      <c r="M41" s="7">
+        <v>100</v>
+      </c>
+      <c r="N41" s="7">
+        <v>100</v>
+      </c>
+      <c r="O41" s="7">
+        <v>100</v>
+      </c>
+      <c r="P41" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q41" s="7">
+        <v>100</v>
+      </c>
+      <c r="R41" s="7">
+        <v>100</v>
+      </c>
+      <c r="S41" s="7">
+        <v>100</v>
+      </c>
+      <c r="T41" s="7">
+        <v>100</v>
+      </c>
+      <c r="U41" s="7">
+        <v>100</v>
+      </c>
+      <c r="V41" s="7">
+        <v>100</v>
+      </c>
+      <c r="W41" s="7">
+        <v>100</v>
+      </c>
+      <c r="X41" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y41" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J43" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="K43" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L43" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M43" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N43" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="B43" s="5" t="s">
-[...38 lines deleted...]
-      <c r="O43" s="6" t="s">
+      <c r="O43" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="P43" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="Q43" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="R43" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="S43" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="T43" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="U43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="V43" s="6" t="s">
+      <c r="U43" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="V43" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="W43" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="X43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Y43" s="6" t="s">
+      <c r="X43" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="Z43" s="6" t="s">
-[...5 lines deleted...]
-      <c r="AB43" s="6" t="s">
+      <c r="Y43" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z43" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA43" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB43" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="AC43" s="6" t="s">
-[...9 lines deleted...]
-        <v>94</v>
+      <c r="AC43" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="AD43" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="AE43" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF43" s="7" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="44" spans="1:32">
-      <c r="B44" s="5" t="s">
+      <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C44" s="4">
+      <c r="C44" s="5">
+        <v>437</v>
+      </c>
+      <c r="D44" s="5">
         <v>428</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="5">
         <v>411</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="4">
         <v>456</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="5">
         <v>407</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="5">
         <v>356</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="5">
         <v>382</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="5">
         <v>401</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="5">
         <v>392</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="5">
         <v>385</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="5">
         <v>408</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="5">
         <v>449</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="5">
         <v>432</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="5">
         <v>444</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="5">
         <v>425</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="5">
         <v>427</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="5">
         <v>434</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="5">
         <v>407</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="5">
         <v>395</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="5">
         <v>422</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="5">
         <v>448</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="5">
         <v>437</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="5">
         <v>402</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="5">
         <v>390</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="5">
         <v>406</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="5">
         <v>417</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="5">
         <v>397</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="5">
         <v>388</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="5">
         <v>388</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="5">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="45" spans="1:32">
-      <c r="B45" s="5" t="s">
+      <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C45" s="6">
-[...2 lines deleted...]
-      <c r="D45" s="6">
+      <c r="C45" s="7">
+        <v>100</v>
+      </c>
+      <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
+        <v>100</v>
+      </c>
+      <c r="F45" s="4">
         <v>120</v>
       </c>
-      <c r="F45" s="6">
-[...77 lines deleted...]
-      <c r="AF45" s="6">
+      <c r="G45" s="7">
+        <v>100</v>
+      </c>
+      <c r="H45" s="7">
+        <v>100</v>
+      </c>
+      <c r="I45" s="7">
+        <v>100</v>
+      </c>
+      <c r="J45" s="7">
+        <v>100</v>
+      </c>
+      <c r="K45" s="7">
+        <v>100</v>
+      </c>
+      <c r="L45" s="7">
+        <v>100</v>
+      </c>
+      <c r="M45" s="7">
+        <v>100</v>
+      </c>
+      <c r="N45" s="7">
+        <v>100</v>
+      </c>
+      <c r="O45" s="7">
+        <v>100</v>
+      </c>
+      <c r="P45" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q45" s="7">
+        <v>100</v>
+      </c>
+      <c r="R45" s="7">
+        <v>100</v>
+      </c>
+      <c r="S45" s="7">
+        <v>100</v>
+      </c>
+      <c r="T45" s="7">
+        <v>100</v>
+      </c>
+      <c r="U45" s="7">
+        <v>100</v>
+      </c>
+      <c r="V45" s="7">
+        <v>100</v>
+      </c>
+      <c r="W45" s="7">
+        <v>100</v>
+      </c>
+      <c r="X45" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y45" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="B47" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C47" s="6" t="s">
-[...17 lines deleted...]
-      <c r="I47" s="6" t="s">
+      <c r="C47" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="I47" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="J47" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L47" s="6" t="s">
+      <c r="J47" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K47" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="L47" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="N47" s="6" t="s">
-[...8 lines deleted...]
-      <c r="Q47" s="6" t="s">
+      <c r="M47" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="N47" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="O47" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P47" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="Q47" s="7" t="s">
         <v>148</v>
       </c>
-      <c r="S47" s="6" t="s">
-[...5 lines deleted...]
-      <c r="U47" s="6" t="s">
+      <c r="R47" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="S47" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="T47" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="U47" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="V47" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="W47" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="X47" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="Y47" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="AA47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AB47" s="6" t="s">
+      <c r="Z47" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA47" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AB47" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AC47" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="AE47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AF47" s="6" t="s">
+      <c r="AD47" s="7" t="s">
         <v>51</v>
+      </c>
+      <c r="AE47" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="AF47" s="7" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="48" spans="1:32">
-      <c r="B48" s="5" t="s">
+      <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C48" s="7">
+      <c r="C48" s="4">
         <v>510</v>
       </c>
-      <c r="D48" s="4">
+      <c r="D48" s="5">
         <v>426</v>
       </c>
-      <c r="E48" s="4">
+      <c r="E48" s="5">
         <v>445</v>
       </c>
-      <c r="F48" s="4">
+      <c r="F48" s="5">
         <v>425</v>
       </c>
-      <c r="G48" s="4">
+      <c r="G48" s="5">
         <v>468</v>
       </c>
-      <c r="H48" s="4">
+      <c r="H48" s="5">
         <v>467</v>
       </c>
-      <c r="I48" s="4">
+      <c r="I48" s="5">
         <v>459</v>
       </c>
-      <c r="J48" s="4">
+      <c r="J48" s="5">
         <v>461</v>
       </c>
-      <c r="K48" s="4">
+      <c r="K48" s="5">
         <v>448</v>
       </c>
-      <c r="L48" s="4">
+      <c r="L48" s="5">
         <v>459</v>
       </c>
-      <c r="M48" s="4">
+      <c r="M48" s="5">
         <v>441</v>
       </c>
-      <c r="N48" s="4">
+      <c r="N48" s="5">
         <v>436</v>
       </c>
-      <c r="O48" s="4">
+      <c r="O48" s="5">
         <v>418</v>
       </c>
-      <c r="P48" s="4">
+      <c r="P48" s="5">
         <v>469</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="Q48" s="5">
         <v>445</v>
       </c>
-      <c r="R48" s="4">
+      <c r="R48" s="5">
         <v>468</v>
       </c>
-      <c r="S48" s="4">
+      <c r="S48" s="5">
         <v>453</v>
       </c>
-      <c r="T48" s="4">
+      <c r="T48" s="5">
         <v>454</v>
       </c>
-      <c r="U48" s="4">
+      <c r="U48" s="5">
         <v>452</v>
       </c>
-      <c r="V48" s="4">
+      <c r="V48" s="5">
         <v>465</v>
       </c>
-      <c r="W48" s="4">
+      <c r="W48" s="5">
         <v>447</v>
       </c>
-      <c r="X48" s="4">
+      <c r="X48" s="5">
         <v>465</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Y48" s="5">
         <v>464</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="Z48" s="5">
         <v>432</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AA48" s="5">
         <v>445</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AB48" s="5">
         <v>403</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AC48" s="5">
         <v>447</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AD48" s="5">
         <v>437</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AE48" s="5">
         <v>410</v>
       </c>
-      <c r="AF48" s="4">
+      <c r="AF48" s="5">
         <v>439</v>
       </c>
     </row>
     <row r="49" spans="1:32">
-      <c r="B49" s="5" t="s">
+      <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C49" s="7">
+      <c r="C49" s="4">
         <v>120</v>
       </c>
-      <c r="D49" s="6">
-[...83 lines deleted...]
-      <c r="AF49" s="6">
+      <c r="D49" s="7">
+        <v>100</v>
+      </c>
+      <c r="E49" s="7">
+        <v>100</v>
+      </c>
+      <c r="F49" s="7">
+        <v>100</v>
+      </c>
+      <c r="G49" s="7">
+        <v>100</v>
+      </c>
+      <c r="H49" s="7">
+        <v>100</v>
+      </c>
+      <c r="I49" s="7">
+        <v>100</v>
+      </c>
+      <c r="J49" s="7">
+        <v>100</v>
+      </c>
+      <c r="K49" s="7">
+        <v>100</v>
+      </c>
+      <c r="L49" s="7">
+        <v>100</v>
+      </c>
+      <c r="M49" s="7">
+        <v>100</v>
+      </c>
+      <c r="N49" s="7">
+        <v>100</v>
+      </c>
+      <c r="O49" s="7">
+        <v>100</v>
+      </c>
+      <c r="P49" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q49" s="7">
+        <v>100</v>
+      </c>
+      <c r="R49" s="7">
+        <v>100</v>
+      </c>
+      <c r="S49" s="7">
+        <v>100</v>
+      </c>
+      <c r="T49" s="7">
+        <v>100</v>
+      </c>
+      <c r="U49" s="7">
+        <v>100</v>
+      </c>
+      <c r="V49" s="7">
+        <v>100</v>
+      </c>
+      <c r="W49" s="7">
+        <v>100</v>
+      </c>
+      <c r="X49" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y49" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="B51" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="6" t="s">
+      <c r="C51" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E51" s="6" t="s">
+      <c r="E51" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="F51" s="6" t="s">
+      <c r="F51" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G51" s="6" t="s">
+      <c r="G51" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="H51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I51" s="6" t="s">
+      <c r="H51" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="I51" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="J51" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="J51" s="6" t="s">
-[...8 lines deleted...]
-      <c r="M51" s="6" t="s">
+      <c r="K51" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L51" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="M51" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="N51" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="O51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P51" s="6" t="s">
+      <c r="O51" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="P51" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="Q51" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="R51" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="S51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T51" s="6" t="s">
+      <c r="S51" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="U51" s="6" t="s">
+      <c r="T51" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="U51" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="V51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="W51" s="6" t="s">
+      <c r="V51" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="W51" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="X51" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Y51" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="Z51" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AA51" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="AB51" s="6" t="s">
-        <v>144</v>
+      <c r="AB51" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC51" s="7" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:32">
-      <c r="B52" s="5" t="s">
+      <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C52" s="7">
+      <c r="C52" s="4">
+        <v>503</v>
+      </c>
+      <c r="D52" s="4">
         <v>493</v>
       </c>
-      <c r="D52" s="7">
+      <c r="E52" s="4">
         <v>517</v>
       </c>
-      <c r="E52" s="7">
+      <c r="F52" s="4">
         <v>488</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="4">
         <v>480</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="5">
         <v>394</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="5">
         <v>459</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="5">
         <v>443</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="5">
         <v>461</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="5">
         <v>426</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="5">
         <v>414</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="5">
         <v>395</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="5">
         <v>374</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="5">
         <v>404</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="5">
         <v>445</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="5">
         <v>376</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="5">
         <v>384</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="5">
         <v>388</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="5">
         <v>427</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="5">
         <v>420</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="5">
         <v>420</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="5">
         <v>410</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="5">
         <v>435</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="5">
         <v>407</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="5">
         <v>423</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="5">
         <v>382</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="5">
         <v>387</v>
       </c>
     </row>
     <row r="53" spans="1:32">
-      <c r="B53" s="5" t="s">
+      <c r="B53" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C53" s="7">
+      <c r="C53" s="4">
         <v>120</v>
       </c>
-      <c r="D53" s="7">
+      <c r="D53" s="4">
         <v>120</v>
       </c>
-      <c r="E53" s="7">
+      <c r="E53" s="4">
         <v>120</v>
       </c>
-      <c r="F53" s="7">
+      <c r="F53" s="4">
         <v>120</v>
       </c>
-      <c r="G53" s="6">
-[...62 lines deleted...]
-      <c r="AB53" s="6">
+      <c r="G53" s="4">
+        <v>120</v>
+      </c>
+      <c r="H53" s="7">
+        <v>100</v>
+      </c>
+      <c r="I53" s="7">
+        <v>100</v>
+      </c>
+      <c r="J53" s="7">
+        <v>100</v>
+      </c>
+      <c r="K53" s="7">
+        <v>100</v>
+      </c>
+      <c r="L53" s="7">
+        <v>100</v>
+      </c>
+      <c r="M53" s="7">
+        <v>100</v>
+      </c>
+      <c r="N53" s="7">
+        <v>100</v>
+      </c>
+      <c r="O53" s="7">
+        <v>100</v>
+      </c>
+      <c r="P53" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q53" s="7">
+        <v>100</v>
+      </c>
+      <c r="R53" s="7">
+        <v>100</v>
+      </c>
+      <c r="S53" s="7">
+        <v>100</v>
+      </c>
+      <c r="T53" s="7">
+        <v>100</v>
+      </c>
+      <c r="U53" s="7">
+        <v>100</v>
+      </c>
+      <c r="V53" s="7">
+        <v>100</v>
+      </c>
+      <c r="W53" s="7">
+        <v>100</v>
+      </c>
+      <c r="X53" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y53" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z53" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA53" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB53" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="B55" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="6" t="s">
+      <c r="C55" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E55" s="6" t="s">
+      <c r="E55" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="F55" s="6" t="s">
+      <c r="F55" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H55" s="6" t="s">
+      <c r="G55" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="I55" s="6" t="s">
+      <c r="H55" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="I55" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="J55" s="6" t="s">
-[...8 lines deleted...]
-      <c r="M55" s="6" t="s">
+      <c r="J55" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="K55" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="L55" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="M55" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="N55" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="N55" s="6" t="s">
+      <c r="O55" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="O55" s="6" t="s">
-[...5 lines deleted...]
-      <c r="Q55" s="6" t="s">
+      <c r="P55" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="R55" s="6" t="s">
+      <c r="Q55" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="S55" s="6" t="s">
+      <c r="R55" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="T55" s="6" t="s">
-[...29 lines deleted...]
-      <c r="AD55" s="6" t="s">
+      <c r="S55" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="T55" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="U55" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="V55" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="W55" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="X55" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="Y55" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z55" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="AA55" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="AB55" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="AC55" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD55" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="AE55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AF55" s="6" t="s">
+      <c r="AE55" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF55" s="7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="56" spans="1:32">
-      <c r="B56" s="5" t="s">
+      <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C56" s="7">
+      <c r="C56" s="4">
+        <v>515</v>
+      </c>
+      <c r="D56" s="4">
         <v>518</v>
       </c>
-      <c r="D56" s="7">
+      <c r="E56" s="4">
         <v>521</v>
       </c>
-      <c r="E56" s="7">
+      <c r="F56" s="4">
         <v>505</v>
       </c>
-      <c r="F56" s="7">
+      <c r="G56" s="4">
         <v>516</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="5">
         <v>396</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="5">
         <v>446</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="5">
         <v>444</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="5">
         <v>468</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="5">
         <v>410</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="5">
         <v>430</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="5">
         <v>417</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="5">
         <v>398</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="5">
         <v>416</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="5">
         <v>403</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="5">
         <v>432</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="5">
         <v>359</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="5">
         <v>427</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="5">
         <v>440</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="5">
         <v>429</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="5">
         <v>484</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="5">
         <v>411</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="5">
         <v>453</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="5">
         <v>417</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="5">
         <v>446</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="5">
         <v>472</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="5">
         <v>445</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="5">
         <v>450</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="5">
         <v>435</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="5">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="57" spans="1:32">
-      <c r="B57" s="5" t="s">
+      <c r="B57" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C57" s="7">
+      <c r="C57" s="4">
         <v>120</v>
       </c>
-      <c r="D57" s="7">
+      <c r="D57" s="4">
         <v>120</v>
       </c>
-      <c r="E57" s="7">
+      <c r="E57" s="4">
         <v>120</v>
       </c>
-      <c r="F57" s="7">
+      <c r="F57" s="4">
         <v>120</v>
       </c>
-      <c r="G57" s="6">
-[...74 lines deleted...]
-      <c r="AF57" s="6">
+      <c r="G57" s="4">
+        <v>120</v>
+      </c>
+      <c r="H57" s="7">
+        <v>100</v>
+      </c>
+      <c r="I57" s="7">
+        <v>100</v>
+      </c>
+      <c r="J57" s="7">
+        <v>100</v>
+      </c>
+      <c r="K57" s="7">
+        <v>100</v>
+      </c>
+      <c r="L57" s="7">
+        <v>100</v>
+      </c>
+      <c r="M57" s="7">
+        <v>100</v>
+      </c>
+      <c r="N57" s="7">
+        <v>100</v>
+      </c>
+      <c r="O57" s="7">
+        <v>100</v>
+      </c>
+      <c r="P57" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q57" s="7">
+        <v>100</v>
+      </c>
+      <c r="R57" s="7">
+        <v>100</v>
+      </c>
+      <c r="S57" s="7">
+        <v>100</v>
+      </c>
+      <c r="T57" s="7">
+        <v>100</v>
+      </c>
+      <c r="U57" s="7">
+        <v>100</v>
+      </c>
+      <c r="V57" s="7">
+        <v>100</v>
+      </c>
+      <c r="W57" s="7">
+        <v>100</v>
+      </c>
+      <c r="X57" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y57" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE57" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF57" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>