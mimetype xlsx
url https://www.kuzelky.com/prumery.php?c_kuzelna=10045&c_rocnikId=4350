--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Sedlnice ˝B˝ na kuželně TJ Sokol Sedlnice</t>
   </si>
   <si>
     <t>Rostislav Kletenský</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -110,210 +113,210 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>7.10.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jaroslav Chvostek</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>28.9.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>16.2.2019</t>
+  </si>
+  <si>
+    <t>2.2.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>20.10.2018</t>
+  </si>
+  <si>
+    <t>29.9.2018</t>
+  </si>
+  <si>
+    <t>19.9.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>3.3.2018</t>
+  </si>
+  <si>
+    <t>24.2.2018</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>2.12.2017</t>
+  </si>
+  <si>
+    <t>11.4.2015</t>
+  </si>
+  <si>
+    <t>4.4.2015</t>
+  </si>
+  <si>
+    <t>Břetislav Ermis</t>
+  </si>
+  <si>
+    <t>17.3.2011</t>
+  </si>
+  <si>
+    <t>24.2.2011</t>
+  </si>
+  <si>
+    <t>10.2.2011</t>
+  </si>
+  <si>
+    <t>20.1.2011</t>
+  </si>
+  <si>
+    <t>13.1.2011</t>
+  </si>
+  <si>
+    <t>4.11.2010</t>
+  </si>
+  <si>
+    <t>6.12.2008</t>
+  </si>
+  <si>
+    <t>Ladislav Petr</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
     <t>10.12.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...130 lines deleted...]
-  <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
+    <t>Michaela Tobolová</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
     <t>22.1.2022</t>
-  </si>
-[...7 lines deleted...]
-    <t>12.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>Ivo Stuchlík</t>
   </si>
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>27.4.2013</t>
   </si>
   <si>
     <t>13.4.2013</t>
   </si>
   <si>
     <t>23.3.2013</t>
   </si>
   <si>
     <t>2.3.2013</t>
   </si>
   <si>
     <t>23.2.2013</t>
   </si>
@@ -1027,158 +1030,158 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>447</v>
+      </c>
+      <c r="D4" s="4">
         <v>460</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F4" s="4">
         <v>413</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
+        <v>413</v>
+      </c>
+      <c r="H4" s="5">
         <v>404</v>
       </c>
-      <c r="H4" s="5">
+      <c r="I4" s="5">
         <v>434</v>
       </c>
-      <c r="I4" s="5">
+      <c r="J4" s="5">
         <v>431</v>
       </c>
-      <c r="J4" s="5">
+      <c r="K4" s="5">
         <v>439</v>
       </c>
-      <c r="K4" s="5">
+      <c r="L4" s="5">
         <v>450</v>
       </c>
-      <c r="L4" s="5">
+      <c r="M4" s="5">
         <v>441</v>
       </c>
-      <c r="M4" s="5">
+      <c r="N4" s="5">
         <v>395</v>
       </c>
-      <c r="N4" s="5">
+      <c r="O4" s="5">
         <v>411</v>
       </c>
-      <c r="O4" s="5">
+      <c r="P4" s="5">
         <v>483</v>
       </c>
-      <c r="P4" s="5">
+      <c r="Q4" s="5">
         <v>439</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="R4" s="5">
         <v>454</v>
       </c>
-      <c r="R4" s="5">
+      <c r="S4" s="5">
         <v>433</v>
       </c>
-      <c r="S4" s="5">
+      <c r="T4" s="5">
         <v>425</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="V4" s="5">
         <v>431</v>
       </c>
       <c r="W4" s="5">
+        <v>431</v>
+      </c>
+      <c r="X4" s="5">
         <v>424</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>445</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>423</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>426</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>432</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>465</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>452</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>423</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
-      <c r="G5" s="7">
-        <v>100</v>
+      <c r="G5" s="4">
+        <v>120</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
         <v>100</v>
       </c>
       <c r="J5" s="7">
         <v>100</v>
       </c>
       <c r="K5" s="7">
         <v>100</v>
       </c>
       <c r="L5" s="7">
         <v>100</v>
       </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
       <c r="O5" s="7">
         <v>100</v>
       </c>
@@ -1604,238 +1607,238 @@
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="K15" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="L15" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="L15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>22</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>25</v>
       </c>
       <c r="U15" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="V15" s="7" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>27</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>31</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>374</v>
+      </c>
+      <c r="D16" s="4">
         <v>396</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>392</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>380</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>413</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>424</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>425</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>394</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>386</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>404</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>415</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>431</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>438</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>430</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>443</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>406</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>404</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>393</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>423</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>417</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>463</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>459</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>400</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>442</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>416</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>425</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>434</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>405</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>414</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
-      <c r="G17" s="7">
-        <v>100</v>
+      <c r="G17" s="4">
+        <v>120</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
       <c r="K17" s="7">
         <v>100</v>
       </c>
       <c r="L17" s="7">
         <v>100</v>
       </c>
       <c r="M17" s="7">
         <v>100</v>
       </c>
       <c r="N17" s="7">
         <v>100</v>
       </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
@@ -1877,138 +1880,138 @@
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>75</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>76</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
         <v>398</v>
       </c>
       <c r="D20" s="5">
         <v>400</v>
       </c>
       <c r="E20" s="5">
         <v>427</v>
       </c>
       <c r="F20" s="5">
         <v>383</v>
       </c>
       <c r="G20" s="5">
         <v>401</v>
       </c>
       <c r="H20" s="5">
         <v>388</v>
       </c>
       <c r="I20" s="5">
@@ -2159,144 +2162,144 @@
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>43</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>45</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>46</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>422</v>
       </c>
       <c r="D24" s="5">
         <v>480</v>
       </c>
       <c r="E24" s="5">
         <v>437</v>
       </c>
       <c r="F24" s="5">
         <v>438</v>
       </c>
       <c r="G24" s="5">
         <v>447</v>
       </c>
       <c r="H24" s="5">
         <v>439</v>
       </c>
       <c r="I24" s="5">
@@ -2447,250 +2450,250 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="J27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K27" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="K27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="M27" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>412</v>
+      </c>
+      <c r="D28" s="4">
         <v>396</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="5">
         <v>406</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>382</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>390</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>380</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>415</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>409</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>402</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>422</v>
       </c>
-      <c r="L28" s="5">
+      <c r="M28" s="5">
         <v>416</v>
       </c>
-      <c r="M28" s="5">
+      <c r="N28" s="5">
         <v>411</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>401</v>
       </c>
-      <c r="O28" s="5">
+      <c r="P28" s="5">
         <v>412</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>427</v>
       </c>
-      <c r="Q28" s="5">
+      <c r="R28" s="5">
         <v>423</v>
       </c>
-      <c r="R28" s="5">
+      <c r="S28" s="5">
         <v>463</v>
       </c>
-      <c r="S28" s="5">
+      <c r="T28" s="5">
         <v>420</v>
       </c>
-      <c r="T28" s="5">
+      <c r="U28" s="5">
         <v>361</v>
       </c>
-      <c r="U28" s="5">
+      <c r="V28" s="5">
         <v>418</v>
       </c>
-      <c r="V28" s="5">
+      <c r="W28" s="5">
         <v>379</v>
       </c>
-      <c r="W28" s="5">
+      <c r="X28" s="5">
         <v>417</v>
       </c>
-      <c r="X28" s="5">
+      <c r="Y28" s="5">
         <v>399</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>424</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>389</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>410</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>415</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>426</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>419</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
-      <c r="D29" s="7">
-        <v>100</v>
+      <c r="D29" s="4">
+        <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
@@ -2735,144 +2738,144 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>388</v>
       </c>
       <c r="D32" s="5">
         <v>417</v>
       </c>
       <c r="E32" s="5">
         <v>416</v>
       </c>
       <c r="F32" s="5">
         <v>434</v>
       </c>
       <c r="G32" s="5">
         <v>430</v>
       </c>
       <c r="H32" s="5">
         <v>420</v>
       </c>
       <c r="I32" s="5">
@@ -3023,144 +3026,144 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>43</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>359</v>
       </c>
       <c r="D36" s="5">
         <v>360</v>
       </c>
       <c r="E36" s="5">
         <v>402</v>
       </c>
       <c r="F36" s="5">
         <v>363</v>
       </c>
       <c r="G36" s="5">
         <v>428</v>
       </c>
       <c r="H36" s="5">
         <v>385</v>
       </c>
       <c r="I36" s="5">
@@ -3311,51 +3314,51 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>45</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>47</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>49</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>50</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>53</v>
       </c>
@@ -3401,51 +3404,51 @@
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="7">
         <v>100</v>
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>38</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>40</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>41</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
         <v>419</v>
       </c>
       <c r="D44" s="5">
@@ -3455,135 +3458,135 @@
         <v>439</v>
       </c>
       <c r="F44" s="5">
         <v>381</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>56</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>62</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="5">
         <v>373</v>
       </c>
       <c r="D48" s="5">
         <v>363</v>
       </c>
       <c r="E48" s="5">
         <v>387</v>
       </c>
       <c r="F48" s="5">
         <v>372</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>100</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>41</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="5">
         <v>373</v>
       </c>
       <c r="D56" s="5">
         <v>386</v>
       </c>
       <c r="E56" s="5">
         <v>375</v>
       </c>
       <c r="F56" s="5">
         <v>384</v>
       </c>
       <c r="G56" s="5">