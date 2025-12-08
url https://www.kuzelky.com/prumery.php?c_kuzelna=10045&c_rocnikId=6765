--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Sedlnice  na kuželně TJ Sokol Sedlnice</t>
   </si>
   <si>
     <t>Rostislav Kletenský</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -110,188 +113,188 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>7.10.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Ladislav Petr</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
     <t>10.12.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...13 lines deleted...]
-  <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
+    <t>Milan Janyška</t>
+  </si>
+  <si>
+    <t>Stanislav Brejcha</t>
+  </si>
+  <si>
+    <t>4.2.2017</t>
+  </si>
+  <si>
+    <t>2.4.2016</t>
+  </si>
+  <si>
+    <t>12.3.2016</t>
+  </si>
+  <si>
+    <t>27.2.2016</t>
+  </si>
+  <si>
+    <t>13.2.2016</t>
+  </si>
+  <si>
+    <t>23.1.2016</t>
+  </si>
+  <si>
+    <t>12.12.2015</t>
+  </si>
+  <si>
+    <t>21.11.2015</t>
+  </si>
+  <si>
+    <t>7.11.2015</t>
+  </si>
+  <si>
+    <t>17.10.2015</t>
+  </si>
+  <si>
+    <t>19.9.2015</t>
+  </si>
+  <si>
+    <t>28.3.2015</t>
+  </si>
+  <si>
+    <t>7.3.2015</t>
+  </si>
+  <si>
+    <t>28.2.2015</t>
+  </si>
+  <si>
+    <t>7.2.2015</t>
+  </si>
+  <si>
+    <t>29.11.2014</t>
+  </si>
+  <si>
+    <t>15.11.2014</t>
+  </si>
+  <si>
+    <t>25.10.2014</t>
+  </si>
+  <si>
+    <t>20.9.2014</t>
+  </si>
+  <si>
+    <t>12.4.2014</t>
+  </si>
+  <si>
+    <t>15.2.2014</t>
+  </si>
+  <si>
+    <t>25.12.2013</t>
+  </si>
+  <si>
+    <t>7.12.2013</t>
+  </si>
+  <si>
+    <t>30.11.2013</t>
+  </si>
+  <si>
+    <t>23.11.2013</t>
+  </si>
+  <si>
+    <t>16.11.2013</t>
+  </si>
+  <si>
+    <t>2.11.2013</t>
+  </si>
+  <si>
+    <t>Jan Stuchlík</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>Michaela Tobolová</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
     <t>22.1.2022</t>
   </si>
   <si>
-    <t>Milan Janyška</t>
-[...100 lines deleted...]
-  <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>Miroslav Mikulský</t>
   </si>
   <si>
     <t>Renáta Janyšková</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
@@ -318,53 +321,50 @@
     <t>2.2.2019</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>19.9.2018</t>
   </si>
   <si>
     <t>14.4.2018</t>
   </si>
   <si>
     <t>10.3.2018</t>
-  </si>
-[...1 lines deleted...]
-    <t>24.2.2018</t>
   </si>
   <si>
     <t>Adam Chvostek</t>
   </si>
   <si>
     <t>Petr Kowalczyk</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -886,158 +886,158 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>447</v>
+      </c>
+      <c r="D4" s="4">
         <v>460</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F4" s="4">
         <v>413</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
+        <v>413</v>
+      </c>
+      <c r="H4" s="5">
         <v>404</v>
       </c>
-      <c r="H4" s="5">
+      <c r="I4" s="5">
         <v>434</v>
       </c>
-      <c r="I4" s="5">
+      <c r="J4" s="5">
         <v>431</v>
       </c>
-      <c r="J4" s="5">
+      <c r="K4" s="5">
         <v>439</v>
       </c>
-      <c r="K4" s="5">
+      <c r="L4" s="5">
         <v>450</v>
       </c>
-      <c r="L4" s="5">
+      <c r="M4" s="5">
         <v>441</v>
       </c>
-      <c r="M4" s="5">
+      <c r="N4" s="5">
         <v>395</v>
       </c>
-      <c r="N4" s="5">
+      <c r="O4" s="5">
         <v>411</v>
       </c>
-      <c r="O4" s="5">
+      <c r="P4" s="5">
         <v>483</v>
       </c>
-      <c r="P4" s="5">
+      <c r="Q4" s="5">
         <v>439</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="R4" s="5">
         <v>454</v>
       </c>
-      <c r="R4" s="5">
+      <c r="S4" s="5">
         <v>433</v>
       </c>
-      <c r="S4" s="5">
+      <c r="T4" s="5">
         <v>425</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="V4" s="5">
         <v>431</v>
       </c>
       <c r="W4" s="5">
+        <v>431</v>
+      </c>
+      <c r="X4" s="5">
         <v>424</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>445</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>423</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>426</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>432</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>465</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>452</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>423</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
-      <c r="G5" s="7">
-        <v>100</v>
+      <c r="G5" s="4">
+        <v>120</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
         <v>100</v>
       </c>
       <c r="J5" s="7">
         <v>100</v>
       </c>
       <c r="K5" s="7">
         <v>100</v>
       </c>
       <c r="L5" s="7">
         <v>100</v>
       </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
       <c r="O5" s="7">
         <v>100</v>
       </c>
@@ -1094,238 +1094,238 @@
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="K7" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="L7" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="L7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>17</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>18</v>
       </c>
       <c r="P7" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>21</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>22</v>
       </c>
       <c r="S7" s="7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>25</v>
       </c>
       <c r="U7" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="V7" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>27</v>
       </c>
       <c r="X7" s="7" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>31</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>374</v>
+      </c>
+      <c r="D8" s="4">
         <v>396</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>392</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>380</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>413</v>
       </c>
-      <c r="G8" s="5">
+      <c r="H8" s="5">
         <v>424</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>425</v>
       </c>
-      <c r="I8" s="5">
+      <c r="J8" s="5">
         <v>394</v>
       </c>
-      <c r="J8" s="5">
+      <c r="K8" s="5">
         <v>386</v>
       </c>
-      <c r="K8" s="5">
+      <c r="L8" s="5">
         <v>404</v>
       </c>
-      <c r="L8" s="5">
+      <c r="M8" s="5">
         <v>415</v>
       </c>
-      <c r="M8" s="5">
+      <c r="N8" s="5">
         <v>431</v>
       </c>
-      <c r="N8" s="5">
+      <c r="O8" s="5">
         <v>438</v>
       </c>
-      <c r="O8" s="5">
+      <c r="P8" s="5">
         <v>430</v>
       </c>
-      <c r="P8" s="5">
+      <c r="Q8" s="5">
         <v>443</v>
       </c>
-      <c r="Q8" s="5">
+      <c r="R8" s="5">
         <v>406</v>
       </c>
-      <c r="R8" s="5">
+      <c r="S8" s="5">
         <v>404</v>
       </c>
-      <c r="S8" s="5">
+      <c r="T8" s="5">
         <v>393</v>
       </c>
-      <c r="T8" s="5">
+      <c r="U8" s="5">
         <v>423</v>
       </c>
-      <c r="U8" s="5">
+      <c r="V8" s="5">
         <v>417</v>
       </c>
-      <c r="V8" s="5">
+      <c r="W8" s="5">
         <v>463</v>
       </c>
-      <c r="W8" s="5">
+      <c r="X8" s="5">
         <v>459</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>400</v>
       </c>
-      <c r="Y8" s="5">
+      <c r="Z8" s="5">
         <v>442</v>
       </c>
-      <c r="Z8" s="5">
+      <c r="AA8" s="5">
         <v>416</v>
       </c>
-      <c r="AA8" s="5">
+      <c r="AB8" s="5">
         <v>425</v>
       </c>
-      <c r="AB8" s="5">
+      <c r="AC8" s="5">
         <v>434</v>
       </c>
-      <c r="AC8" s="5">
+      <c r="AD8" s="5">
         <v>405</v>
       </c>
-      <c r="AD8" s="5">
+      <c r="AE8" s="5">
         <v>414</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
-      <c r="G9" s="7">
-        <v>100</v>
+      <c r="G9" s="4">
+        <v>120</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
@@ -1367,138 +1367,138 @@
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P11" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="T11" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>37</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>416</v>
       </c>
       <c r="D12" s="4">
         <v>427</v>
       </c>
       <c r="E12" s="4">
         <v>412</v>
       </c>
       <c r="F12" s="4">
         <v>425</v>
       </c>
       <c r="G12" s="5">
         <v>422</v>
       </c>
       <c r="H12" s="5">
         <v>471</v>
       </c>
       <c r="I12" s="5">
@@ -1655,57 +1655,57 @@
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>47</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>48</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>49</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>50</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>51</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>52</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>53</v>
       </c>
@@ -1946,247 +1946,247 @@
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K19" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="L19" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="L19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>25</v>
       </c>
       <c r="T19" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="U19" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>28</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>29</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>31</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AC19" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD19" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="AE19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF19" s="7" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>429</v>
+      </c>
+      <c r="D20" s="4">
         <v>430</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>432</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>385</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>419</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>448</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>431</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>448</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>413</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>421</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>403</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>433</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>434</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>416</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>432</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>399</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>403</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>440</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>412</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>427</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>440</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>424</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>426</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>414</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>427</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>429</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>434</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>446</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>442</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
-      <c r="F21" s="7">
-        <v>100</v>
+      <c r="F21" s="4">
+        <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
@@ -2225,144 +2225,144 @@
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>398</v>
       </c>
       <c r="D24" s="5">
         <v>400</v>
       </c>
       <c r="E24" s="5">
         <v>427</v>
       </c>
       <c r="F24" s="5">
         <v>383</v>
       </c>
       <c r="G24" s="5">
         <v>401</v>
       </c>
       <c r="H24" s="5">
         <v>388</v>
       </c>
       <c r="I24" s="5">
@@ -2513,259 +2513,259 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="L27" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="M27" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>39</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>446</v>
+      </c>
+      <c r="D28" s="4">
         <v>420</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>409</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>389</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>413</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>407</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>443</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>419</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="L28" s="5">
         <v>423</v>
       </c>
       <c r="M28" s="5">
+        <v>423</v>
+      </c>
+      <c r="N28" s="5">
         <v>413</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>424</v>
       </c>
-      <c r="O28" s="5">
+      <c r="P28" s="5">
         <v>418</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>434</v>
       </c>
-      <c r="Q28" s="5">
+      <c r="R28" s="5">
         <v>439</v>
       </c>
-      <c r="R28" s="5">
+      <c r="S28" s="5">
         <v>416</v>
       </c>
-      <c r="S28" s="5">
+      <c r="T28" s="5">
         <v>391</v>
       </c>
-      <c r="T28" s="5">
+      <c r="U28" s="5">
         <v>417</v>
       </c>
-      <c r="U28" s="5">
+      <c r="V28" s="5">
         <v>398</v>
       </c>
-      <c r="V28" s="5">
+      <c r="W28" s="5">
         <v>419</v>
       </c>
-      <c r="W28" s="5">
+      <c r="X28" s="5">
         <v>412</v>
       </c>
-      <c r="X28" s="5">
+      <c r="Y28" s="5">
         <v>432</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>420</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>394</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="AC28" s="5">
         <v>422</v>
       </c>
       <c r="AD28" s="5">
+        <v>422</v>
+      </c>
+      <c r="AE28" s="5">
         <v>430</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
-      <c r="G29" s="7">
-        <v>100</v>
+      <c r="G29" s="4">
+        <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
@@ -2801,81 +2801,81 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="J31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="K31" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>82</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>83</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>84</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>85</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>86</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>87</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>88</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>89</v>
       </c>
@@ -2902,149 +2902,149 @@
       </c>
       <c r="AA31" s="7" t="s">
         <v>97</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>98</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>99</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>100</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>412</v>
+      </c>
+      <c r="D32" s="4">
         <v>396</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>406</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>382</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>390</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>380</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>415</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>409</v>
       </c>
-      <c r="J32" s="5">
+      <c r="K32" s="5">
         <v>402</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>422</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>416</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>411</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>401</v>
       </c>
-      <c r="O32" s="5">
+      <c r="P32" s="5">
         <v>412</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>427</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>423</v>
       </c>
-      <c r="R32" s="5">
+      <c r="S32" s="5">
         <v>463</v>
       </c>
-      <c r="S32" s="5">
+      <c r="T32" s="5">
         <v>420</v>
       </c>
-      <c r="T32" s="5">
+      <c r="U32" s="5">
         <v>361</v>
       </c>
-      <c r="U32" s="5">
+      <c r="V32" s="5">
         <v>418</v>
       </c>
-      <c r="V32" s="5">
+      <c r="W32" s="5">
         <v>379</v>
       </c>
-      <c r="W32" s="5">
+      <c r="X32" s="5">
         <v>417</v>
       </c>
-      <c r="X32" s="5">
+      <c r="Y32" s="5">
         <v>399</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>424</v>
       </c>
-      <c r="Z32" s="5">
+      <c r="AA32" s="5">
         <v>389</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>410</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>415</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>426</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>419</v>
       </c>
-      <c r="AE32" s="5">
+      <c r="AF32" s="5">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
-      <c r="D33" s="7">
-        <v>100</v>
+      <c r="D33" s="4">
+        <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
@@ -3095,138 +3095,138 @@
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>36</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>427</v>
       </c>
       <c r="D36" s="4">
         <v>406</v>
       </c>
       <c r="E36" s="4">
         <v>382</v>
       </c>
       <c r="F36" s="5">
         <v>382</v>
       </c>
       <c r="G36" s="5">
         <v>420</v>
       </c>
       <c r="H36" s="5">
         <v>393</v>
       </c>
       <c r="I36" s="5">
@@ -3383,63 +3383,63 @@
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>105</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>373</v>
       </c>
       <c r="D40" s="5">
         <v>386</v>
       </c>
       <c r="E40" s="5">
         <v>375</v>
       </c>
       <c r="F40" s="5">
         <v>384</v>
       </c>
       <c r="G40" s="5">
         <v>355</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>