--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -314,78 +314,78 @@
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>Marek Kankovský</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>Michal Oščádal</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>17.2.2018</t>
-  </si>
-[...1 lines deleted...]
-    <t>8.4.2017</t>
   </si>
   <si>
     <t>Ondřej Smékal</t>
   </si>
   <si>
     <t>Pavel Toman</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>19.12.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
@@ -2876,292 +2876,292 @@
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="Y31" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z31" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="Z31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA31" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AB31" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AC31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
+        <v>565</v>
+      </c>
+      <c r="D32" s="7">
         <v>512</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>546</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>518</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>496</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>431</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>404</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>383</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>427</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>456</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>451</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>408</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>424</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>431</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="R32" s="4">
         <v>404</v>
       </c>
       <c r="S32" s="4">
+        <v>404</v>
+      </c>
+      <c r="T32" s="4">
         <v>433</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>417</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>436</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>411</v>
       </c>
-      <c r="W32" s="7">
+      <c r="X32" s="7">
         <v>523</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>432</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>396</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>410</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>422</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>437</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>467</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>371</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
-      <c r="G33" s="6">
-        <v>100</v>
+      <c r="G33" s="7">
+        <v>120</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
-      <c r="W33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W33" s="6">
+        <v>100</v>
+      </c>
+      <c r="X33" s="7">
+        <v>120</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
@@ -3239,51 +3239,51 @@
       <c r="X35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>501</v>
       </c>
       <c r="D36" s="7">
         <v>490</v>
       </c>
       <c r="E36" s="7">
         <v>492</v>
       </c>
       <c r="F36" s="7">
         <v>527</v>
       </c>
       <c r="G36" s="7">
         <v>512</v>
       </c>
       <c r="H36" s="4">
         <v>461</v>
       </c>
       <c r="I36" s="4">