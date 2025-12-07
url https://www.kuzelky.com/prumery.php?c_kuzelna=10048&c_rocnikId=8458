--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -359,50 +359,53 @@
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>Lukáš Vybíral</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>Bohuslav Toman</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
     <t>17.11.2023</t>
@@ -428,99 +431,96 @@
   <si>
     <t>17.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>9.9.2022</t>
   </si>
   <si>
     <t>15.4.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
-    <t>25.2.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Marek Kankovský</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>Michal Oščádal</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
   <si>
     <t>17.2.2018</t>
-  </si>
-[...1 lines deleted...]
-    <t>8.4.2017</t>
   </si>
   <si>
     <t>Ondřej Smékal</t>
   </si>
   <si>
     <t>Pavel Toman</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>6.12.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
@@ -2987,81 +2987,81 @@
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="G31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>119</v>
       </c>
       <c r="L31" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>125</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>126</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>127</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>128</v>
       </c>
@@ -3079,138 +3079,138 @@
       </c>
       <c r="AA31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>385</v>
+      </c>
+      <c r="D32" s="4">
         <v>442</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>420</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>411</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>412</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>393</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>418</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>396</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>421</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>397</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>408</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>439</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>412</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>410</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>412</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>407</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>416</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>406</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>392</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>417</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>428</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>393</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>401</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>437</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>406</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>412</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>388</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>412</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>421</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3572,292 +3572,292 @@
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>146</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>147</v>
       </c>
       <c r="G39" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="H39" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="X39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y39" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="Z39" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="Z39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA39" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB39" s="6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>151</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>152</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>153</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
+        <v>565</v>
+      </c>
+      <c r="D40" s="7">
         <v>512</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>546</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>518</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>496</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>431</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>404</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>383</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>427</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>456</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>451</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>408</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>424</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>431</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="R40" s="4">
         <v>404</v>
       </c>
       <c r="S40" s="4">
+        <v>404</v>
+      </c>
+      <c r="T40" s="4">
         <v>433</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>417</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>436</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>411</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>523</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>432</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>396</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>410</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>422</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>437</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>467</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>371</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
-      <c r="G41" s="6">
-        <v>100</v>
+      <c r="G41" s="7">
+        <v>120</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
-      <c r="W41" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W41" s="6">
+        <v>100</v>
+      </c>
+      <c r="X41" s="7">
+        <v>120</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
@@ -3935,51 +3935,51 @@
       <c r="X43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>140</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
         <v>501</v>
       </c>
       <c r="D44" s="7">
         <v>490</v>
       </c>
       <c r="E44" s="7">
         <v>492</v>
       </c>
       <c r="F44" s="7">
         <v>527</v>
       </c>
       <c r="G44" s="7">
         <v>512</v>
       </c>
       <c r="H44" s="4">
         <v>461</v>
       </c>
       <c r="I44" s="4">
@@ -4178,69 +4178,69 @@
       <c r="I47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>99</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>102</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>103</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>104</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>158</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>159</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>160</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>51</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>161</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>162</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>163</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
         <v>549</v>
       </c>
       <c r="D48" s="7">
         <v>530</v>
       </c>
       <c r="E48" s="7">
         <v>541</v>
       </c>
       <c r="F48" s="7">
         <v>481</v>
       </c>
       <c r="G48" s="7">
         <v>548</v>
       </c>
       <c r="H48" s="4">