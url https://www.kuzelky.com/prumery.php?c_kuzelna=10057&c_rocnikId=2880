--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Výsledky hráčů družstva HKK Olomouc na kuželně HKK Olomouc</t>
   </si>
   <si>
     <t>Jiří Baslar</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
@@ -110,327 +113,327 @@
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jiří Němec</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>13.4.2019</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>24.11.2018</t>
+  </si>
+  <si>
+    <t>17.11.2018</t>
+  </si>
+  <si>
+    <t>3.11.2018</t>
+  </si>
+  <si>
+    <t>29.9.2018</t>
+  </si>
+  <si>
+    <t>10.2.2018</t>
+  </si>
+  <si>
+    <t>2.12.2017</t>
+  </si>
+  <si>
+    <t>11.11.2017</t>
+  </si>
+  <si>
+    <t>28.10.2017</t>
+  </si>
+  <si>
+    <t>14.10.2017</t>
+  </si>
+  <si>
+    <t>18.3.2017</t>
+  </si>
+  <si>
+    <t>4.3.2017</t>
+  </si>
+  <si>
+    <t>18.2.2017</t>
+  </si>
+  <si>
+    <t>4.2.2017</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>22.10.2016</t>
+  </si>
+  <si>
+    <t>17.9.2016</t>
+  </si>
+  <si>
+    <t>10.9.2016</t>
+  </si>
+  <si>
+    <t>2.4.2016</t>
+  </si>
+  <si>
+    <t>12.3.2016</t>
+  </si>
+  <si>
+    <t>14.2.2016</t>
+  </si>
+  <si>
+    <t>13.2.2016</t>
+  </si>
+  <si>
+    <t>23.1.2016</t>
+  </si>
+  <si>
+    <t>12.12.2015</t>
+  </si>
+  <si>
+    <t>5.12.2015</t>
+  </si>
+  <si>
+    <t>21.11.2015</t>
+  </si>
+  <si>
+    <t>7.11.2015</t>
+  </si>
+  <si>
+    <t>Milan Sekanina</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>28.2.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>6.12.2024</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>3.11.2023</t>
+  </si>
+  <si>
+    <t>13.10.2023</t>
+  </si>
+  <si>
+    <t>22.9.2023</t>
+  </si>
+  <si>
     <t>12.11.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...163 lines deleted...]
-  <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
+    <t>Marian Hošek</t>
+  </si>
+  <si>
+    <t>20.9.2025</t>
+  </si>
+  <si>
+    <t>12.4.2025</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>6.4.2023</t>
+  </si>
+  <si>
+    <t>24.3.2023</t>
+  </si>
+  <si>
+    <t>17.3.2023</t>
+  </si>
+  <si>
+    <t>10.3.2023</t>
+  </si>
+  <si>
+    <t>3.3.2023</t>
+  </si>
+  <si>
+    <t>17.2.2023</t>
+  </si>
+  <si>
+    <t>3.2.2023</t>
+  </si>
+  <si>
+    <t>Michal Albrecht</t>
+  </si>
+  <si>
+    <t>Matouš Krajzinger</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>20.10.2018</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>3.2.2018</t>
+  </si>
+  <si>
+    <t>13.1.2018</t>
+  </si>
+  <si>
+    <t>19.11.2016</t>
+  </si>
+  <si>
+    <t>1.10.2016</t>
+  </si>
+  <si>
+    <t>3.4.2016</t>
+  </si>
+  <si>
+    <t>11.4.2015</t>
+  </si>
+  <si>
+    <t>21.3.2015</t>
+  </si>
+  <si>
+    <t>28.2.2015</t>
+  </si>
+  <si>
+    <t>Břetislav Sobota</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>Kamil Bartoš</t>
+  </si>
+  <si>
+    <t>Jaromír Hendrych</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
     <t>22.1.2022</t>
-  </si>
-[...91 lines deleted...]
-    <t>19.2.2022</t>
   </si>
   <si>
     <t>5.12.2021</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>9.8.2021</t>
   </si>
   <si>
     <t>12.7.2021</t>
   </si>
   <si>
     <t>5.7.2021</t>
   </si>
@@ -1003,138 +1006,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>541</v>
+      </c>
+      <c r="D4" s="4">
         <v>548</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>516</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>570</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>571</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>536</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>559</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>549</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>562</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>536</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>503</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>547</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>546</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>533</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>549</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>575</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>515</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>560</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>591</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>562</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>545</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>559</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>564</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>543</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>553</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>551</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>593</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>538</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>495</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1547,170 +1550,170 @@
       <c r="P11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>86</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
+        <v>382</v>
+      </c>
+      <c r="D12" s="7">
         <v>442</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>401</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>419</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>420</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>389</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>398</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>449</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>428</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>436</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>466</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>423</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>437</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>453</v>
       </c>
-      <c r="P12" s="7">
+      <c r="Q12" s="7">
         <v>447</v>
       </c>
-      <c r="Q12" s="7">
+      <c r="R12" s="7">
         <v>462</v>
       </c>
-      <c r="R12" s="7">
+      <c r="S12" s="7">
         <v>417</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>418</v>
       </c>
-      <c r="T12" s="7">
+      <c r="U12" s="7">
         <v>441</v>
       </c>
-      <c r="U12" s="7">
+      <c r="V12" s="7">
         <v>413</v>
       </c>
-      <c r="V12" s="7">
+      <c r="W12" s="7">
         <v>446</v>
       </c>
-      <c r="W12" s="7">
+      <c r="X12" s="7">
         <v>493</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>551</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>547</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>526</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>537</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AC12" s="7">
         <v>438</v>
       </c>
-      <c r="AC12" s="7">
+      <c r="AD12" s="7">
         <v>457</v>
       </c>
-      <c r="AD12" s="7">
+      <c r="AE12" s="7">
         <v>439</v>
       </c>
-      <c r="AE12" s="7">
+      <c r="AF12" s="7">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1736,269 +1739,269 @@
       </c>
       <c r="P13" s="6">
         <v>100</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
       <c r="R13" s="6">
         <v>100</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
       <c r="V13" s="6">
         <v>100</v>
       </c>
       <c r="W13" s="6">
         <v>100</v>
       </c>
-      <c r="X13" s="4">
-        <v>120</v>
+      <c r="X13" s="6">
+        <v>100</v>
       </c>
       <c r="Y13" s="4">
         <v>120</v>
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
-      <c r="AB13" s="6">
-        <v>100</v>
+      <c r="AB13" s="4">
+        <v>120</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>6</v>
+        <v>97</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>514</v>
+      </c>
+      <c r="D16" s="4">
         <v>533</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>544</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>533</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>520</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>517</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>519</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>552</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>561</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>556</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>554</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>555</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>534</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>528</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>550</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>510</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>571</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>524</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>590</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>502</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>533</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>540</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>453</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="AA16" s="7">
         <v>457</v>
       </c>
       <c r="AB16" s="7">
+        <v>457</v>
+      </c>
+      <c r="AC16" s="7">
         <v>424</v>
       </c>
-      <c r="AC16" s="7">
+      <c r="AD16" s="7">
         <v>409</v>
       </c>
-      <c r="AD16" s="7">
+      <c r="AE16" s="7">
         <v>446</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -2024,269 +2027,269 @@
       </c>
       <c r="P17" s="4">
         <v>120</v>
       </c>
       <c r="Q17" s="4">
         <v>120</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="4">
         <v>120</v>
       </c>
       <c r="T17" s="4">
         <v>120</v>
       </c>
       <c r="U17" s="4">
         <v>120</v>
       </c>
       <c r="V17" s="4">
         <v>120</v>
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
-      <c r="X17" s="6">
-        <v>100</v>
+      <c r="X17" s="4">
+        <v>120</v>
       </c>
       <c r="Y17" s="6">
         <v>100</v>
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
-      <c r="AE17" s="4">
-[...2 lines deleted...]
-      <c r="AF17" s="6">
+      <c r="AE17" s="6">
         <v>100</v>
+      </c>
+      <c r="AF17" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>6</v>
+        <v>97</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>645</v>
+      </c>
+      <c r="D20" s="4">
         <v>600</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>591</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>598</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>587</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>555</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>637</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>650</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>605</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>618</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>613</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>611</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>636</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>559</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>629</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>563</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>625</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>591</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>621</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>618</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>583</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>627</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>607</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>625</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>595</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>635</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>562</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>586</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>639</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2645,224 +2648,224 @@
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>7</v>
+        <v>97</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>97</v>
+        <v>8</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE27" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF27" s="6" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>561</v>
+      </c>
+      <c r="D28" s="4">
         <v>552</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>524</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>541</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>533</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>564</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>590</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>561</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>547</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>528</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>543</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>527</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>581</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>577</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>557</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>551</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>548</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>585</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>536</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>586</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>563</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>590</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>592</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>560</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>553</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>584</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>567</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>549</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>570</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2927,230 +2930,230 @@
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>96</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>6</v>
+        <v>97</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>121</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>540</v>
+      </c>
+      <c r="D32" s="4">
         <v>599</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>565</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>542</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>564</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>580</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>563</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>556</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>566</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>527</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>561</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>583</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>579</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>533</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>582</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>590</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>570</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>610</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>530</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>543</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>579</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>568</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>555</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>579</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>593</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>547</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="AD32" s="4">
         <v>552</v>
       </c>
       <c r="AE32" s="4">
+        <v>552</v>
+      </c>
+      <c r="AF32" s="4">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3212,138 +3215,138 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>533</v>
       </c>
       <c r="D36" s="4">
         <v>570</v>
       </c>
       <c r="E36" s="4">
         <v>579</v>
       </c>
       <c r="F36" s="4">
         <v>554</v>
       </c>
       <c r="G36" s="4">
         <v>561</v>
       </c>
       <c r="H36" s="4">
         <v>581</v>
       </c>
       <c r="I36" s="4">