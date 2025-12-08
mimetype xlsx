--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Výsledky hráčů družstva HKK Olomouc ˝A˝ na kuželně HKK Olomouc</t>
   </si>
   <si>
     <t>Jiří Němec</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
@@ -224,50 +224,53 @@
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>Radek Havran</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
@@ -311,96 +314,90 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
-    <t>26.11.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Josef Šrámek</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>Marian Hošek</t>
   </si>
   <si>
     <t>6.4.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.12.2022</t>
   </si>
   <si>
     <t>Jiří Zezulka</t>
   </si>
   <si>
     <t>11.4.2015</t>
   </si>
   <si>
     <t>21.3.2015</t>
   </si>
   <si>
     <t>28.2.2015</t>
   </si>
   <si>
     <t>7.2.2015</t>
   </si>
   <si>
     <t>10.1.2015</t>
   </si>
   <si>
     <t>22.11.2014</t>
   </si>
   <si>
     <t>8.11.2014</t>
   </si>
@@ -1900,138 +1897,138 @@
       </c>
       <c r="AA15" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>95</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>98</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>575</v>
+      </c>
+      <c r="D16" s="5">
         <v>578</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>544</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>565</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>568</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>565</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="J16" s="5">
         <v>563</v>
       </c>
       <c r="K16" s="5">
+        <v>563</v>
+      </c>
+      <c r="L16" s="5">
         <v>608</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>587</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>559</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>572</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>566</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>600</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>623</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>596</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>546</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>603</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>597</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>554</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>611</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>543</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>561</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>553</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>561</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>570</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>581</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>605</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="5">
         <v>120</v>
       </c>
       <c r="E17" s="5">
         <v>120</v>
       </c>
       <c r="F17" s="5">
         <v>120</v>
       </c>
       <c r="G17" s="5">
         <v>120</v>
       </c>
       <c r="H17" s="5">
         <v>120</v>
       </c>
       <c r="I17" s="5">
@@ -2093,93 +2090,93 @@
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>105</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>50</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>51</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>52</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>54</v>
       </c>
@@ -2399,215 +2396,215 @@
       <c r="A23" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>72</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>73</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>74</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="I23" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="J23" s="7" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="M23" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="N23" s="7" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>81</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>82</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>88</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>89</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>90</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>91</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>94</v>
       </c>
       <c r="X23" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y23" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="AC23" s="7" t="s">
+      <c r="AD23" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
+        <v>514</v>
+      </c>
+      <c r="D24" s="5">
         <v>533</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>544</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>533</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>520</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>517</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>519</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>552</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>561</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>556</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>554</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>555</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>534</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>528</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>550</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>510</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>571</v>
       </c>
-      <c r="S24" s="5">
+      <c r="T24" s="5">
         <v>524</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>590</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>502</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>533</v>
       </c>
-      <c r="W24" s="5">
+      <c r="X24" s="5">
         <v>540</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>453</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="AA24" s="4">
         <v>457</v>
       </c>
       <c r="AB24" s="4">
+        <v>457</v>
+      </c>
+      <c r="AC24" s="4">
         <v>424</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>409</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>446</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
       <c r="G25" s="5">
         <v>120</v>
       </c>
       <c r="H25" s="5">
         <v>120</v>
       </c>
       <c r="I25" s="5">
@@ -2633,174 +2630,174 @@
       </c>
       <c r="P25" s="5">
         <v>120</v>
       </c>
       <c r="Q25" s="5">
         <v>120</v>
       </c>
       <c r="R25" s="5">
         <v>120</v>
       </c>
       <c r="S25" s="5">
         <v>120</v>
       </c>
       <c r="T25" s="5">
         <v>120</v>
       </c>
       <c r="U25" s="5">
         <v>120</v>
       </c>
       <c r="V25" s="5">
         <v>120</v>
       </c>
       <c r="W25" s="5">
         <v>120</v>
       </c>
-      <c r="X25" s="7">
-        <v>100</v>
+      <c r="X25" s="5">
+        <v>120</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
-      <c r="AE25" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF25" s="5">
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="G27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>536</v>
       </c>
       <c r="D28" s="5">
         <v>576</v>
       </c>
       <c r="E28" s="5">
         <v>574</v>
       </c>
       <c r="F28" s="5">
         <v>576</v>
       </c>
       <c r="G28" s="5">
         <v>589</v>
       </c>
       <c r="H28" s="5">
         <v>574</v>
       </c>
       <c r="I28" s="5">
@@ -2951,123 +2948,123 @@
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="5">
         <v>120</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>40</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>42</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>43</v>
       </c>
       <c r="X31" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="Y31" s="7" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>44</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
@@ -3239,144 +3236,144 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>45</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>16</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>48</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>20</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="T35" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="U35" s="7" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AD35" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE35" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>591</v>
       </c>
       <c r="D36" s="5">
         <v>576</v>
       </c>
       <c r="E36" s="5">
         <v>552</v>
       </c>
       <c r="F36" s="5">
         <v>558</v>
       </c>
       <c r="G36" s="5">
         <v>535</v>
       </c>
       <c r="H36" s="5">
         <v>529</v>
       </c>
       <c r="I36" s="5">