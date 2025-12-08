--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Výsledky hráčů družstva KK Vyškov na kuželně KK Vyškov</t>
   </si>
   <si>
     <t>Petr Pevný</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
@@ -110,137 +113,134 @@
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Luděk Rychlovský</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>20.9.2025</t>
+  </si>
+  <si>
+    <t>9.11.2024</t>
+  </si>
+  <si>
+    <t>24.10.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>4.11.2023</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>11.9.2021</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>13.4.2019</t>
+  </si>
+  <si>
+    <t>Jiří Trávníček</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>26.2.2023</t>
+  </si>
+  <si>
+    <t>23.2.2023</t>
+  </si>
+  <si>
+    <t>22.3.2022</t>
+  </si>
+  <si>
     <t>19.3.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...82 lines deleted...]
-  <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>13.2.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>30.10.2021</t>
   </si>
   <si>
     <t>3.10.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
@@ -359,60 +359,60 @@
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
-    <t>17.3.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Josef Touš</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>Robert Mondřík</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>13.12.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
@@ -1000,138 +1000,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>599</v>
+      </c>
+      <c r="D4" s="4">
         <v>575</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>537</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>620</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>606</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>601</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>539</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>557</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>601</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>582</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>655</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>605</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>586</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>626</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>598</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>591</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>558</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>633</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>618</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>603</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>611</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>548</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>594</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>591</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>597</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>550</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>533</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>594</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>635</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1196,230 +1196,230 @@
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="G7" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O7" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="P7" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="U7" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>617</v>
+      </c>
+      <c r="D8" s="4">
         <v>589</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>573</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>613</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>524</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>575</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>582</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>589</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>559</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>572</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>609</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>546</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>614</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>558</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>581</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>640</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>588</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>586</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>572</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>553</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="X8" s="4">
         <v>535</v>
       </c>
       <c r="Y8" s="4">
+        <v>535</v>
+      </c>
+      <c r="Z8" s="4">
         <v>549</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>601</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>571</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>588</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>560</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>568</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1475,87 +1475,87 @@
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H11" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>43</v>
       </c>
@@ -2057,233 +2057,233 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="F19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="R19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="T19" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W19" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="X19" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="X19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y19" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>115</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>612</v>
+      </c>
+      <c r="D20" s="4">
         <v>586</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>594</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>607</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>585</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>548</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>603</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>598</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>593</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>592</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>615</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>624</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>588</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>585</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>621</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>575</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>592</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>577</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>576</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>600</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>616</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>593</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>544</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>578</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>565</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>591</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>603</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>570</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>514</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2339,141 +2339,141 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>110</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>594</v>
       </c>
       <c r="D24" s="4">
         <v>592</v>
       </c>
       <c r="E24" s="4">
         <v>617</v>
       </c>
       <c r="F24" s="4">
         <v>579</v>
       </c>
       <c r="G24" s="4">
         <v>627</v>
       </c>
       <c r="H24" s="4">
@@ -2627,239 +2627,239 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="H27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="K27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="AA27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB27" s="6" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
       <c r="AC27" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="AD27" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>516</v>
+      </c>
+      <c r="D28" s="4">
         <v>541</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>556</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>529</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>531</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>595</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>581</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>521</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>542</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>525</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>572</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>539</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>587</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>545</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>564</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>539</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>528</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>550</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>586</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>569</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>560</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>567</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>533</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>536</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>541</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>566</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>522</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>551</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>590</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2924,230 +2924,230 @@
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="6" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K31" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="M31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="O31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="R31" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="T31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U31" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="V31" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="V31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W31" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="X31" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="AE31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF31" s="6" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>565</v>
+      </c>
+      <c r="D32" s="4">
         <v>527</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>557</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>545</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>586</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>595</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>553</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>573</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="L32" s="4">
         <v>579</v>
       </c>
       <c r="M32" s="4">
+        <v>579</v>
+      </c>
+      <c r="N32" s="4">
         <v>596</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>605</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>581</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>583</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>577</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>580</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>617</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>547</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>603</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>560</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>578</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>590</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>546</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>537</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>543</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>603</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>567</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>560</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3209,93 +3209,93 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>112</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="P35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>61</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>135</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>62</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>46</v>
       </c>
@@ -3497,233 +3497,233 @@
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="Q39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="S39" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>503</v>
+      </c>
+      <c r="D40" s="4">
         <v>549</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>550</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>535</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>575</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>538</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>584</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>550</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>530</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>604</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>531</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>490</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>534</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>541</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>546</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>534</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>565</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>545</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>575</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>571</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>537</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>516</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>502</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>547</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>524</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>537</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>533</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>531</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>578</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3788,230 +3788,230 @@
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K43" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L43" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="L43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="N43" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="P43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q43" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="R43" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="T43" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="U43" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="V43" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...5 lines deleted...]
-      <c r="U43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="V43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="AD43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE43" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF43" s="6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>622</v>
+      </c>
+      <c r="D44" s="4">
         <v>603</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>608</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>609</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>547</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>560</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>604</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>619</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>574</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>599</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>564</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>597</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>552</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>576</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>556</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>585</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>599</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>626</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>586</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>588</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>581</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>553</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>598</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>551</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>518</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>563</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>560</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>548</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>486</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">