--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Výsledky hráčů družstva KK Vyškov C na kuželně KK Vyškov</t>
   </si>
   <si>
     <t>Miroslav Poledník</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>26.9.2024</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>17.3.2019</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>23.1.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Formánek</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>13.12.2024</t>
@@ -398,168 +401,171 @@
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
+    <t>Michal Kouřil</t>
+  </si>
+  <si>
+    <t>26.11.2019</t>
+  </si>
+  <si>
+    <t>Břetislav Láník</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>28.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>4.10.2024</t>
+  </si>
+  <si>
+    <t>12.4.2024</t>
+  </si>
+  <si>
+    <t>22.3.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>23.2.2024</t>
+  </si>
+  <si>
+    <t>9.2.2024</t>
+  </si>
+  <si>
+    <t>19.1.2024</t>
+  </si>
+  <si>
+    <t>Josef Michálek</t>
+  </si>
+  <si>
+    <t>18.1.2023</t>
+  </si>
+  <si>
+    <t>8.10.2022</t>
+  </si>
+  <si>
+    <t>Milan Ryšánek</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>2.10.2021</t>
+  </si>
+  <si>
+    <t>27.9.2020</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>5.10.2019</t>
+  </si>
+  <si>
+    <t>21.9.2019</t>
+  </si>
+  <si>
+    <t>6.4.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>8.12.2018</t>
+  </si>
+  <si>
+    <t>24.11.2018</t>
+  </si>
+  <si>
+    <t>16.9.2017</t>
+  </si>
+  <si>
+    <t>Petr Večerka</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>16.12.2024</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>Miloslav Krejčí</t>
+  </si>
+  <si>
     <t>22.1.2023</t>
   </si>
   <si>
-    <t>Michal Kouřil</t>
-[...101 lines deleted...]
-    <t>16.9.2023</t>
+    <t>Tomáš Jelínek</t>
+  </si>
+  <si>
+    <t>20.11.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
-  </si>
-[...7 lines deleted...]
-    <t>20.11.2022</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>Vladimír Crhounek</t>
   </si>
 </sst>
 </file>
 
@@ -1310,402 +1316,402 @@
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K7" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P7" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="S7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T7" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="U7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="U7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V7" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="W7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>461</v>
+      </c>
+      <c r="D8" s="4">
         <v>496</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F8" s="4">
         <v>488</v>
       </c>
       <c r="G8" s="4">
+        <v>488</v>
+      </c>
+      <c r="H8" s="4">
         <v>467</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>445</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>437</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>421</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>420</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>431</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>512</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>403</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>461</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>434</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>565</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>466</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>460</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>438</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>461</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>433</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>432</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>420</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>454</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>427</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>453</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>421</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>468</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="AF8" s="4">
         <v>438</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
         <v>100</v>
       </c>
       <c r="K9" s="6">
         <v>100</v>
       </c>
       <c r="L9" s="6">
         <v>100</v>
       </c>
-      <c r="M9" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M9" s="6">
+        <v>100</v>
+      </c>
+      <c r="N9" s="7">
+        <v>120</v>
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
-      <c r="Q9" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Q9" s="6">
+        <v>100</v>
+      </c>
+      <c r="R9" s="7">
+        <v>120</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
       <c r="T9" s="6">
         <v>100</v>
       </c>
       <c r="U9" s="6">
         <v>100</v>
       </c>
       <c r="V9" s="6">
         <v>100</v>
       </c>
       <c r="W9" s="6">
         <v>100</v>
       </c>
       <c r="X9" s="6">
         <v>100</v>
       </c>
       <c r="Y9" s="6">
         <v>100</v>
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
         <v>518</v>
       </c>
       <c r="D12" s="7">
         <v>565</v>
       </c>
       <c r="E12" s="7">
         <v>547</v>
       </c>
       <c r="F12" s="7">
         <v>561</v>
       </c>
       <c r="G12" s="7">
         <v>568</v>
       </c>
       <c r="H12" s="7">
         <v>586</v>
       </c>
       <c r="I12" s="7">
@@ -1856,144 +1862,144 @@
       </c>
       <c r="Z13" s="7">
         <v>120</v>
       </c>
       <c r="AA13" s="7">
         <v>120</v>
       </c>
       <c r="AB13" s="7">
         <v>120</v>
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>554</v>
       </c>
       <c r="D16" s="7">
         <v>536</v>
       </c>
       <c r="E16" s="7">
         <v>524</v>
       </c>
       <c r="F16" s="7">
         <v>517</v>
       </c>
       <c r="G16" s="7">
         <v>574</v>
       </c>
       <c r="H16" s="7">
         <v>526</v>
       </c>
       <c r="I16" s="7">
@@ -2144,239 +2150,239 @@
       </c>
       <c r="Z17" s="7">
         <v>120</v>
       </c>
       <c r="AA17" s="7">
         <v>120</v>
       </c>
       <c r="AB17" s="7">
         <v>120</v>
       </c>
       <c r="AC17" s="7">
         <v>120</v>
       </c>
       <c r="AD17" s="7">
         <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>120</v>
       </c>
       <c r="AF17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>42</v>
+        <v>116</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="J19" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="M19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
-        <v>117</v>
+        <v>49</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>118</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>119</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>120</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>121</v>
+        <v>51</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>122</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>123</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>125</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>73</v>
+        <v>126</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="AA19" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="AB19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC19" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AD19" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AE19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
+        <v>570</v>
+      </c>
+      <c r="D20" s="7">
         <v>539</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>534</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>522</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>534</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>594</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>563</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>537</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>561</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>530</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>560</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>545</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>530</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>566</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>561</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>507</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>572</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>594</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>574</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>533</v>
       </c>
-      <c r="V20" s="7">
+      <c r="W20" s="7">
         <v>527</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>587</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>595</v>
       </c>
-      <c r="Y20" s="7">
+      <c r="Z20" s="7">
         <v>534</v>
       </c>
-      <c r="Z20" s="7">
+      <c r="AA20" s="7">
         <v>566</v>
       </c>
-      <c r="AA20" s="7">
+      <c r="AB20" s="7">
         <v>568</v>
       </c>
-      <c r="AB20" s="7">
+      <c r="AC20" s="7">
         <v>530</v>
       </c>
-      <c r="AC20" s="7">
+      <c r="AD20" s="7">
         <v>610</v>
       </c>
-      <c r="AD20" s="7">
+      <c r="AE20" s="7">
         <v>532</v>
       </c>
-      <c r="AE20" s="7">
+      <c r="AF20" s="7">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>120</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
       <c r="I21" s="7">
@@ -2465,233 +2471,233 @@
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>428</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>59</v>
+        <v>132</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>132</v>
+        <v>62</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>63</v>
+        <v>133</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>133</v>
+        <v>65</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>134</v>
+        <v>66</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>136</v>
+        <v>71</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>137</v>
+        <v>72</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>138</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>139</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>140</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>142</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>72</v>
+        <v>143</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
+        <v>503</v>
+      </c>
+      <c r="D28" s="7">
         <v>549</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>550</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>535</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>575</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>538</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>584</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>550</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>530</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>604</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>531</v>
       </c>
-      <c r="M28" s="7">
+      <c r="N28" s="7">
         <v>490</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>534</v>
       </c>
-      <c r="O28" s="7">
+      <c r="P28" s="7">
         <v>541</v>
       </c>
-      <c r="P28" s="7">
+      <c r="Q28" s="7">
         <v>546</v>
       </c>
-      <c r="Q28" s="7">
+      <c r="R28" s="7">
         <v>534</v>
       </c>
-      <c r="R28" s="7">
+      <c r="S28" s="7">
         <v>565</v>
       </c>
-      <c r="S28" s="7">
+      <c r="T28" s="7">
         <v>545</v>
       </c>
-      <c r="T28" s="7">
+      <c r="U28" s="7">
         <v>575</v>
       </c>
-      <c r="U28" s="7">
+      <c r="V28" s="7">
         <v>571</v>
       </c>
-      <c r="V28" s="7">
+      <c r="W28" s="7">
         <v>537</v>
       </c>
-      <c r="W28" s="7">
+      <c r="X28" s="7">
         <v>516</v>
       </c>
-      <c r="X28" s="7">
+      <c r="Y28" s="7">
         <v>502</v>
       </c>
-      <c r="Y28" s="7">
+      <c r="Z28" s="7">
         <v>547</v>
       </c>
-      <c r="Z28" s="7">
+      <c r="AA28" s="7">
         <v>524</v>
       </c>
-      <c r="AA28" s="7">
+      <c r="AB28" s="7">
         <v>537</v>
       </c>
-      <c r="AB28" s="7">
+      <c r="AC28" s="7">
         <v>533</v>
       </c>
-      <c r="AC28" s="7">
+      <c r="AD28" s="7">
         <v>531</v>
       </c>
-      <c r="AD28" s="7">
+      <c r="AE28" s="7">
         <v>578</v>
       </c>
-      <c r="AE28" s="7">
+      <c r="AF28" s="7">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
@@ -2747,144 +2753,144 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>404</v>
       </c>
       <c r="D32" s="4">
         <v>454</v>
       </c>
       <c r="E32" s="4">
         <v>389</v>
       </c>
       <c r="F32" s="4">
         <v>408</v>
       </c>
       <c r="G32" s="4">
         <v>418</v>
       </c>
       <c r="H32" s="4">
         <v>436</v>
       </c>
       <c r="I32" s="4">
@@ -3035,132 +3041,132 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>130</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>390</v>
       </c>
       <c r="D36" s="4">
         <v>419</v>
       </c>
       <c r="E36" s="4">
         <v>451</v>
       </c>
       <c r="F36" s="4">
         <v>408</v>
       </c>
       <c r="G36" s="4">
         <v>436</v>
       </c>
       <c r="H36" s="4">
         <v>439</v>
       </c>
       <c r="I36" s="4">
@@ -3287,239 +3293,239 @@
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>116</v>
       </c>
       <c r="H39" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="I39" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>162</v>
       </c>
       <c r="K39" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="M39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N39" s="6" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>120</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>121</v>
+        <v>51</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>125</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>57</v>
+        <v>126</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>163</v>
+        <v>58</v>
       </c>
       <c r="V39" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="W39" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AA39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB39" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC39" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>164</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
+        <v>554</v>
+      </c>
+      <c r="D40" s="7">
         <v>569</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>557</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>577</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>509</v>
       </c>
-      <c r="G40" s="7">
+      <c r="H40" s="7">
         <v>508</v>
       </c>
-      <c r="H40" s="7">
+      <c r="I40" s="7">
         <v>540</v>
       </c>
-      <c r="I40" s="7">
+      <c r="J40" s="7">
         <v>525</v>
       </c>
-      <c r="J40" s="7">
+      <c r="K40" s="7">
         <v>569</v>
       </c>
-      <c r="K40" s="7">
+      <c r="L40" s="7">
         <v>576</v>
       </c>
-      <c r="L40" s="7">
+      <c r="M40" s="7">
         <v>560</v>
       </c>
-      <c r="M40" s="7">
+      <c r="N40" s="7">
         <v>547</v>
       </c>
-      <c r="N40" s="7">
+      <c r="O40" s="7">
         <v>536</v>
       </c>
-      <c r="O40" s="7">
+      <c r="P40" s="7">
         <v>558</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>579</v>
       </c>
-      <c r="Q40" s="7">
+      <c r="R40" s="7">
         <v>562</v>
       </c>
-      <c r="R40" s="7">
+      <c r="S40" s="7">
         <v>566</v>
       </c>
-      <c r="S40" s="7">
+      <c r="T40" s="7">
         <v>570</v>
       </c>
-      <c r="T40" s="7">
+      <c r="U40" s="7">
         <v>569</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>535</v>
       </c>
-      <c r="V40" s="7">
+      <c r="W40" s="7">
         <v>545</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>557</v>
       </c>
-      <c r="X40" s="7">
+      <c r="Y40" s="7">
         <v>554</v>
       </c>
-      <c r="Y40" s="7">
+      <c r="Z40" s="7">
         <v>586</v>
       </c>
-      <c r="Z40" s="7">
+      <c r="AA40" s="7">
         <v>567</v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AB40" s="7">
         <v>604</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AC40" s="7">
         <v>519</v>
       </c>
-      <c r="AC40" s="7">
+      <c r="AD40" s="7">
         <v>541</v>
       </c>
-      <c r="AD40" s="7">
+      <c r="AE40" s="7">
         <v>554</v>
       </c>
-      <c r="AE40" s="7">
+      <c r="AF40" s="7">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
       <c r="G41" s="7">
         <v>120</v>
       </c>
       <c r="H41" s="7">
         <v>120</v>
       </c>
       <c r="I41" s="7">
@@ -3581,233 +3587,233 @@
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>120</v>
       </c>
       <c r="AF41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>59</v>
+        <v>132</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>133</v>
+        <v>65</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>134</v>
+        <v>66</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>136</v>
+        <v>71</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>137</v>
+        <v>72</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>138</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>139</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="Y43" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z43" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="Z43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA43" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB43" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AD43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE43" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="AF43" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
+        <v>529</v>
+      </c>
+      <c r="D44" s="7">
         <v>577</v>
       </c>
-      <c r="D44" s="7">
+      <c r="E44" s="7">
         <v>529</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>549</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>603</v>
       </c>
-      <c r="G44" s="7">
+      <c r="H44" s="7">
         <v>580</v>
       </c>
-      <c r="H44" s="7">
+      <c r="I44" s="7">
         <v>571</v>
       </c>
-      <c r="I44" s="7">
+      <c r="J44" s="7">
         <v>523</v>
       </c>
-      <c r="J44" s="7">
+      <c r="K44" s="7">
         <v>535</v>
       </c>
-      <c r="K44" s="7">
+      <c r="L44" s="7">
         <v>578</v>
       </c>
-      <c r="L44" s="7">
+      <c r="M44" s="7">
         <v>622</v>
       </c>
-      <c r="M44" s="7">
+      <c r="N44" s="7">
         <v>599</v>
       </c>
-      <c r="N44" s="7">
+      <c r="O44" s="7">
         <v>580</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>523</v>
       </c>
-      <c r="P44" s="7">
+      <c r="Q44" s="7">
         <v>566</v>
       </c>
-      <c r="Q44" s="7">
+      <c r="R44" s="7">
         <v>589</v>
       </c>
-      <c r="R44" s="7">
+      <c r="S44" s="7">
         <v>514</v>
       </c>
-      <c r="S44" s="7">
+      <c r="T44" s="7">
         <v>545</v>
       </c>
-      <c r="T44" s="7">
+      <c r="U44" s="7">
         <v>536</v>
       </c>
-      <c r="U44" s="7">
+      <c r="V44" s="7">
         <v>543</v>
       </c>
-      <c r="V44" s="7">
+      <c r="W44" s="7">
         <v>583</v>
       </c>
-      <c r="W44" s="7">
+      <c r="X44" s="7">
         <v>559</v>
       </c>
-      <c r="X44" s="7">
+      <c r="Y44" s="7">
         <v>570</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>605</v>
       </c>
-      <c r="Z44" s="7">
+      <c r="AA44" s="7">
         <v>554</v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AB44" s="7">
         <v>534</v>
       </c>
-      <c r="AB44" s="7">
+      <c r="AC44" s="7">
         <v>573</v>
       </c>
-      <c r="AC44" s="7">
+      <c r="AD44" s="7">
         <v>602</v>
       </c>
-      <c r="AD44" s="7">
+      <c r="AE44" s="7">
         <v>571</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>120</v>
       </c>
       <c r="D45" s="7">
         <v>120</v>
       </c>
       <c r="E45" s="7">
         <v>120</v>
       </c>
       <c r="F45" s="7">
         <v>120</v>
       </c>
       <c r="G45" s="7">
         <v>120</v>
       </c>
       <c r="H45" s="7">
         <v>120</v>
       </c>
       <c r="I45" s="7">
@@ -3863,239 +3869,239 @@
       </c>
       <c r="Z45" s="7">
         <v>120</v>
       </c>
       <c r="AA45" s="7">
         <v>120</v>
       </c>
       <c r="AB45" s="7">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>120</v>
       </c>
       <c r="AE45" s="7">
         <v>120</v>
       </c>
       <c r="AF45" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>59</v>
+        <v>132</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F47" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G47" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H47" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="I47" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L47" s="6" t="s">
-        <v>77</v>
+        <v>168</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>78</v>
       </c>
       <c r="N47" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="O47" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="O47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P47" s="6" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>164</v>
+        <v>109</v>
       </c>
       <c r="S47" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="T47" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="T47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U47" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>110</v>
+        <v>172</v>
       </c>
       <c r="X47" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y47" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Y47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z47" s="6" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="AA47" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AB47" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AB47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC47" s="6" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
+        <v>515</v>
+      </c>
+      <c r="D48" s="7">
         <v>537</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>605</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>556</v>
       </c>
-      <c r="F48" s="7">
+      <c r="G48" s="7">
         <v>529</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>574</v>
       </c>
-      <c r="H48" s="7">
+      <c r="I48" s="7">
         <v>597</v>
       </c>
-      <c r="I48" s="7">
+      <c r="J48" s="7">
         <v>529</v>
       </c>
-      <c r="J48" s="7">
+      <c r="K48" s="7">
         <v>540</v>
       </c>
-      <c r="K48" s="7">
+      <c r="L48" s="7">
         <v>525</v>
       </c>
-      <c r="L48" s="7">
+      <c r="M48" s="7">
         <v>549</v>
       </c>
-      <c r="M48" s="7">
+      <c r="N48" s="7">
         <v>554</v>
       </c>
-      <c r="N48" s="7">
+      <c r="O48" s="7">
         <v>545</v>
       </c>
-      <c r="O48" s="7">
+      <c r="P48" s="7">
         <v>557</v>
       </c>
-      <c r="P48" s="7">
+      <c r="Q48" s="7">
         <v>544</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>554</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>539</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>560</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>589</v>
       </c>
-      <c r="U48" s="7">
+      <c r="V48" s="7">
         <v>505</v>
       </c>
-      <c r="V48" s="7">
+      <c r="W48" s="7">
         <v>511</v>
       </c>
-      <c r="W48" s="7">
+      <c r="X48" s="7">
         <v>538</v>
       </c>
-      <c r="X48" s="7">
+      <c r="Y48" s="7">
         <v>506</v>
       </c>
-      <c r="Y48" s="7">
+      <c r="Z48" s="7">
         <v>523</v>
       </c>
-      <c r="Z48" s="7">
+      <c r="AA48" s="7">
         <v>557</v>
       </c>
-      <c r="AA48" s="7">
+      <c r="AB48" s="7">
         <v>504</v>
       </c>
-      <c r="AB48" s="7">
+      <c r="AC48" s="7">
         <v>535</v>
       </c>
-      <c r="AC48" s="7">
+      <c r="AD48" s="7">
         <v>501</v>
       </c>
-      <c r="AD48" s="7">
+      <c r="AE48" s="7">
         <v>549</v>
       </c>
-      <c r="AE48" s="7">
+      <c r="AF48" s="7">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>120</v>
       </c>
       <c r="D49" s="7">
         <v>120</v>
       </c>
       <c r="E49" s="7">
         <v>120</v>
       </c>
       <c r="F49" s="7">
         <v>120</v>
       </c>
       <c r="G49" s="7">
         <v>120</v>
       </c>
       <c r="H49" s="7">
         <v>120</v>
       </c>
       <c r="I49" s="7">
@@ -4151,239 +4157,239 @@
       </c>
       <c r="Z49" s="7">
         <v>120</v>
       </c>
       <c r="AA49" s="7">
         <v>120</v>
       </c>
       <c r="AB49" s="7">
         <v>120</v>
       </c>
       <c r="AC49" s="7">
         <v>120</v>
       </c>
       <c r="AD49" s="7">
         <v>120</v>
       </c>
       <c r="AE49" s="7">
         <v>120</v>
       </c>
       <c r="AF49" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>60</v>
+        <v>132</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>132</v>
+        <v>61</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>62</v>
+        <v>133</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>134</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>66</v>
+        <v>135</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>44</v>
+        <v>136</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="P51" s="6" t="s">
-        <v>136</v>
+        <v>71</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="R51" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="S51" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="S51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T51" s="6" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>140</v>
+        <v>51</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AB51" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC51" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="AC51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD51" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AE51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AE51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF51" s="6" t="s">
-        <v>79</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="7">
+        <v>552</v>
+      </c>
+      <c r="D52" s="7">
         <v>544</v>
       </c>
-      <c r="D52" s="7">
+      <c r="E52" s="7">
         <v>533</v>
       </c>
-      <c r="E52" s="7">
+      <c r="F52" s="7">
         <v>537</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>525</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>560</v>
       </c>
-      <c r="H52" s="7">
+      <c r="I52" s="7">
         <v>512</v>
       </c>
-      <c r="I52" s="7">
+      <c r="J52" s="7">
         <v>602</v>
       </c>
-      <c r="J52" s="7">
+      <c r="K52" s="7">
         <v>502</v>
       </c>
-      <c r="K52" s="7">
+      <c r="L52" s="7">
         <v>569</v>
       </c>
-      <c r="L52" s="7">
+      <c r="M52" s="7">
         <v>561</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>560</v>
       </c>
-      <c r="N52" s="7">
+      <c r="O52" s="7">
         <v>562</v>
       </c>
-      <c r="O52" s="7">
+      <c r="P52" s="7">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="Q52" s="7">
         <v>550</v>
       </c>
-      <c r="R52" s="4">
+      <c r="R52" s="7">
+        <v>550</v>
+      </c>
+      <c r="S52" s="4">
         <v>476</v>
       </c>
-      <c r="S52" s="7">
+      <c r="T52" s="7">
         <v>527</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>436</v>
       </c>
-      <c r="U52" s="7">
+      <c r="V52" s="7">
         <v>560</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>449</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>439</v>
       </c>
-      <c r="X52" s="7">
+      <c r="Y52" s="7">
         <v>571</v>
       </c>
-      <c r="Y52" s="7">
+      <c r="Z52" s="7">
         <v>528</v>
       </c>
-      <c r="Z52" s="7">
+      <c r="AA52" s="7">
         <v>533</v>
       </c>
-      <c r="AA52" s="7">
+      <c r="AB52" s="7">
         <v>546</v>
       </c>
-      <c r="AB52" s="7">
+      <c r="AC52" s="7">
         <v>510</v>
       </c>
-      <c r="AC52" s="7">
+      <c r="AD52" s="7">
         <v>521</v>
       </c>
-      <c r="AD52" s="7">
+      <c r="AE52" s="7">
         <v>516</v>
       </c>
-      <c r="AE52" s="7">
+      <c r="AF52" s="7">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="7">
         <v>120</v>
       </c>
       <c r="D53" s="7">
         <v>120</v>
       </c>
       <c r="E53" s="7">
         <v>120</v>
       </c>
       <c r="F53" s="7">
         <v>120</v>
       </c>
       <c r="G53" s="7">
         <v>120</v>
       </c>
       <c r="H53" s="7">
         <v>120</v>
       </c>
       <c r="I53" s="7">
@@ -4391,70 +4397,70 @@
       </c>
       <c r="J53" s="7">
         <v>120</v>
       </c>
       <c r="K53" s="7">
         <v>120</v>
       </c>
       <c r="L53" s="7">
         <v>120</v>
       </c>
       <c r="M53" s="7">
         <v>120</v>
       </c>
       <c r="N53" s="7">
         <v>120</v>
       </c>
       <c r="O53" s="7">
         <v>120</v>
       </c>
       <c r="P53" s="7">
         <v>120</v>
       </c>
       <c r="Q53" s="7">
         <v>120</v>
       </c>
-      <c r="R53" s="6">
-[...12 lines deleted...]
-        <v>100</v>
+      <c r="R53" s="7">
+        <v>120</v>
+      </c>
+      <c r="S53" s="6">
+        <v>100</v>
+      </c>
+      <c r="T53" s="7">
+        <v>120</v>
+      </c>
+      <c r="U53" s="6">
+        <v>100</v>
+      </c>
+      <c r="V53" s="7">
+        <v>120</v>
       </c>
       <c r="W53" s="6">
         <v>100</v>
       </c>
-      <c r="X53" s="7">
-        <v>120</v>
+      <c r="X53" s="6">
+        <v>100</v>
       </c>
       <c r="Y53" s="7">
         <v>120</v>
       </c>
       <c r="Z53" s="7">
         <v>120</v>
       </c>
       <c r="AA53" s="7">
         <v>120</v>
       </c>
       <c r="AB53" s="7">
         <v>120</v>
       </c>
       <c r="AC53" s="7">
         <v>120</v>
       </c>
       <c r="AD53" s="7">
         <v>120</v>
       </c>
       <c r="AE53" s="7">
         <v>120</v>
       </c>
       <c r="AF53" s="7">
         <v>120</v>
       </c>