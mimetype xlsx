--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -203,50 +203,53 @@
   <si>
     <t>26.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>5.10.2019</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>Jana Kurialová</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
@@ -276,53 +279,50 @@
     <t>18.10.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.1.2024</t>
   </si>
   <si>
     <t>Milana Alánová</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
@@ -1502,227 +1502,227 @@
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="J15" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>71</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>72</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>74</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>75</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>78</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="X15" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="7">
+        <v>571</v>
+      </c>
+      <c r="D16" s="7">
         <v>539</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>560</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>556</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>551</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>525</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>603</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>544</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>550</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>561</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>585</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>579</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>568</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>512</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>526</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>565</v>
       </c>
-      <c r="R16" s="7">
+      <c r="S16" s="7">
         <v>618</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>478</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>526</v>
       </c>
-      <c r="U16" s="7">
+      <c r="V16" s="7">
         <v>527</v>
       </c>
-      <c r="V16" s="7">
+      <c r="W16" s="7">
         <v>596</v>
       </c>
-      <c r="W16" s="7">
+      <c r="X16" s="7">
         <v>574</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>489</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>569</v>
       </c>
-      <c r="Z16" s="7">
+      <c r="AA16" s="7">
         <v>575</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AB16" s="7">
         <v>583</v>
       </c>
-      <c r="AB16" s="7">
+      <c r="AC16" s="7">
         <v>544</v>
       </c>
-      <c r="AC16" s="7">
+      <c r="AD16" s="7">
         <v>577</v>
       </c>
-      <c r="AD16" s="7">
+      <c r="AE16" s="7">
         <v>545</v>
       </c>
-      <c r="AE16" s="7">
+      <c r="AF16" s="7">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
       <c r="G17" s="7">
         <v>120</v>
       </c>
       <c r="H17" s="7">
         <v>120</v>
       </c>
       <c r="I17" s="7">
@@ -2126,51 +2126,51 @@
       <c r="M23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>101</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>26</v>
       </c>