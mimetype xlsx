--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -134,50 +134,53 @@
   <si>
     <t>8.11.2014</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Michal Markus</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>Radek Polách</t>
   </si>
   <si>
     <t>25.10.2014</t>
   </si>
   <si>
     <t>Jiří Konečný</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
@@ -216,53 +219,50 @@
     <t>13.1.2024</t>
   </si>
   <si>
     <t>29.10.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>8.4.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>18.3.2022</t>
   </si>
   <si>
     <t>Jiří Staněk</t>
   </si>
   <si>
     <t>12.4.2014</t>
   </si>
   <si>
     <t>22.3.2014</t>
   </si>
   <si>
     <t>22.2.2014</t>
   </si>
   <si>
     <t>18.1.2014</t>
   </si>
   <si>
     <t>30.11.2013</t>
   </si>
   <si>
     <t>23.11.2013</t>
   </si>
   <si>
     <t>19.10.2013</t>
   </si>
@@ -1718,173 +1718,173 @@
       <c r="O15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="W15" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="X15" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>589</v>
+      </c>
+      <c r="D16" s="4">
         <v>550</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>592</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>555</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>597</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>582</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>568</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>541</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>534</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>558</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>554</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>584</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>571</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>603</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>556</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>542</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>572</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>570</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>609</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>591</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>564</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>578</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>577</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>578</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>572</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>535</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>572</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>555</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>554</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">