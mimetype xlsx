--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Výsledky hráčů družstva SC Bylnice na kuželně TJ Sokol Luhačovice</t>
   </si>
   <si>
     <t>Petr Kudláček</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>11.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
@@ -120,50 +120,53 @@
     <t>20.10.2018</t>
   </si>
   <si>
     <t>24.2.2018</t>
   </si>
   <si>
     <t>9.12.2017</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>13.3.2010</t>
   </si>
   <si>
     <t>27.2.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Lubomír Zábel</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
@@ -643,51 +646,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N49" sqref="N49"/>
+      <selection activeCell="O49" sqref="O49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
@@ -965,907 +968,976 @@
       </c>
       <c r="AF5" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="I7" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="J7" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K7" s="7" t="s">
+      <c r="L7" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>43</v>
+      </c>
+      <c r="P7" s="7" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>444</v>
+      </c>
+      <c r="D8" s="4">
         <v>433</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>412</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>438</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>427</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>423</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>432</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>406</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>434</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>425</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>429</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>415</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>408</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>435</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
+      <c r="P9" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="G11" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H11" s="7" t="s">
+      <c r="I11" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
+      </c>
+      <c r="L11" s="7" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>485</v>
+      </c>
+      <c r="D12" s="4">
         <v>380</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>444</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>407</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>398</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>391</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>396</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>445</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>423</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>420</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>100</v>
       </c>
       <c r="E13" s="7">
         <v>100</v>
       </c>
       <c r="F13" s="7">
         <v>100</v>
       </c>
       <c r="G13" s="7">
         <v>100</v>
       </c>
       <c r="H13" s="7">
         <v>100</v>
       </c>
       <c r="I13" s="7">
         <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>100</v>
       </c>
       <c r="K13" s="7">
         <v>100</v>
       </c>
+      <c r="L13" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J15" s="7" t="s">
+      <c r="K15" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>41</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>42</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>43</v>
+      </c>
+      <c r="O15" s="7" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>430</v>
+      </c>
+      <c r="D16" s="4">
         <v>426</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>427</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>480</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>500</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>461</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>444</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>415</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>468</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>455</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>444</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>439</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>465</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
       <c r="K17" s="7">
         <v>100</v>
       </c>
       <c r="L17" s="7">
         <v>100</v>
       </c>
       <c r="M17" s="7">
         <v>100</v>
       </c>
       <c r="N17" s="7">
         <v>100</v>
       </c>
+      <c r="O17" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G19" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>43</v>
+      </c>
+      <c r="P19" s="7" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>452</v>
+      </c>
+      <c r="D20" s="4">
         <v>405</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>453</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>486</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>436</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>477</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>407</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>400</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>436</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>453</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>423</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>419</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>477</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>474</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
+      <c r="P21" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F23" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="H23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I23" s="7" t="s">
+      <c r="J23" s="7" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>43</v>
+      </c>
+      <c r="N23" s="7" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>396</v>
+      </c>
+      <c r="D24" s="4">
         <v>461</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>433</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>439</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>413</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="I24" s="4">
         <v>408</v>
       </c>
       <c r="J24" s="4">
+        <v>408</v>
+      </c>
+      <c r="K24" s="4">
         <v>399</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>420</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>417</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>432</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
       <c r="K25" s="7">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>100</v>
       </c>
       <c r="M25" s="7">
         <v>100</v>
       </c>
+      <c r="N25" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>36</v>
       </c>
       <c r="E27" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="G27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="7" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="L27" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="M27" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>56</v>
+      </c>
+      <c r="Q27" s="7" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>430</v>
+      </c>
+      <c r="D28" s="4">
+        <v>408</v>
+      </c>
+      <c r="E28" s="4">
         <v>437</v>
       </c>
-      <c r="D28" s="4">
+      <c r="F28" s="4">
         <v>414</v>
       </c>
-      <c r="E28" s="4">
+      <c r="G28" s="4">
         <v>473</v>
       </c>
-      <c r="F28" s="4">
+      <c r="H28" s="4">
         <v>398</v>
       </c>
-      <c r="G28" s="4">
+      <c r="I28" s="4">
         <v>386</v>
       </c>
-      <c r="H28" s="4">
+      <c r="J28" s="4">
         <v>416</v>
       </c>
-      <c r="I28" s="4">
+      <c r="K28" s="4">
         <v>445</v>
       </c>
-      <c r="J28" s="4">
+      <c r="L28" s="4">
         <v>427</v>
       </c>
-      <c r="K28" s="4">
+      <c r="M28" s="4">
         <v>418</v>
       </c>
-      <c r="L28" s="4">
+      <c r="N28" s="4">
         <v>401</v>
       </c>
-      <c r="M28" s="4">
+      <c r="O28" s="4">
         <v>410</v>
       </c>
-      <c r="N28" s="4">
+      <c r="P28" s="4">
         <v>429</v>
       </c>
-      <c r="O28" s="4">
+      <c r="Q28" s="4">
         <v>398</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
+      <c r="P29" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q29" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K31" s="7" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>56</v>
+      </c>
+      <c r="W31" s="7" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>442</v>
+      </c>
+      <c r="D32" s="4">
         <v>418</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>447</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>485</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>416</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>428</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>399</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>413</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>446</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>410</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>457</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>435</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>440</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>395</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>436</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>430</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>428</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>410</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>413</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>388</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>386</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
@@ -1889,193 +1961,202 @@
       </c>
       <c r="O33" s="7">
         <v>100</v>
       </c>
       <c r="P33" s="7">
         <v>100</v>
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
+      <c r="W33" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="J35" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K35" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="K35" s="7" t="s">
+      <c r="L35" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="L35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M35" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N35" s="7" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>7</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
+      </c>
+      <c r="Y35" s="7" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>448</v>
+      </c>
+      <c r="D36" s="4">
         <v>452</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>438</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>480</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>494</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>394</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>417</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>457</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>451</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>408</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>442</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>411</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>439</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>444</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>436</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>426</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>392</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>482</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>415</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>441</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>443</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>413</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>457</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
@@ -2105,87 +2186,90 @@
       </c>
       <c r="Q37" s="7">
         <v>100</v>
       </c>
       <c r="R37" s="7">
         <v>100</v>
       </c>
       <c r="S37" s="7">
         <v>100</v>
       </c>
       <c r="T37" s="7">
         <v>100</v>
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
       <c r="V37" s="7">
         <v>100</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
+      <c r="Y37" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>404</v>
       </c>
       <c r="D40" s="4">
         <v>391</v>
       </c>
       <c r="E40" s="4">
         <v>378</v>
       </c>
       <c r="F40" s="4">
         <v>411</v>
       </c>
       <c r="G40" s="4">
         <v>383</v>
       </c>
       <c r="H40" s="4">
         <v>384</v>
       </c>
       <c r="I40" s="4">
@@ -2216,87 +2300,87 @@
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="7">
         <v>100</v>
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>100</v>
       </c>
       <c r="K41" s="7">
         <v>100</v>
       </c>
       <c r="L41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>6</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>439</v>
       </c>
       <c r="D44" s="4">
         <v>402</v>
       </c>
       <c r="E44" s="4">
         <v>441</v>
       </c>
       <c r="F44" s="4">
         <v>404</v>
       </c>
       <c r="G44" s="4">
         <v>417</v>
       </c>
       <c r="H44" s="4">
         <v>445</v>
       </c>
       <c r="I44" s="4">
@@ -2333,171 +2417,180 @@
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
       <c r="H45" s="7">
         <v>100</v>
       </c>
       <c r="I45" s="7">
         <v>100</v>
       </c>
       <c r="J45" s="7">
         <v>100</v>
       </c>
       <c r="K45" s="7">
         <v>100</v>
       </c>
       <c r="L45" s="7">
         <v>100</v>
       </c>
       <c r="M45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="G47" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H47" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H47" s="7" t="s">
+      <c r="I47" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I47" s="7" t="s">
+      <c r="J47" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>53</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>54</v>
+      </c>
+      <c r="O47" s="7" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>425</v>
+      </c>
+      <c r="D48" s="4">
         <v>423</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>416</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>406</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>440</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>396</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>389</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>399</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>353</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>384</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>357</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>413</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>425</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>100</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
       <c r="G49" s="7">
         <v>100</v>
       </c>
       <c r="H49" s="7">
         <v>100</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>100</v>
       </c>
       <c r="K49" s="7">
         <v>100</v>
       </c>
       <c r="L49" s="7">
         <v>100</v>
       </c>
       <c r="M49" s="7">
         <v>100</v>
       </c>
       <c r="N49" s="7">
+        <v>100</v>
+      </c>
+      <c r="O49" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>