--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Výsledky hráčů družstva KK Moravská Slávia Brno C na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Josef Polák</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>24.9.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>5.2.2025</t>
   </si>
   <si>
@@ -447,50 +447,53 @@
     <t>25.9.2023</t>
   </si>
   <si>
     <t>11.9.2023</t>
   </si>
   <si>
     <t>12.4.2023</t>
   </si>
   <si>
     <t>8.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>22.2.2023</t>
   </si>
   <si>
     <t>1.2.2023</t>
   </si>
   <si>
     <t>21.11.2022</t>
   </si>
   <si>
     <t>Miroslav Oujezdský</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>12.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
@@ -2603,241 +2606,241 @@
       <c r="G23" s="6" t="s">
         <v>149</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>150</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>151</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>152</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>153</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>154</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>155</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>156</v>
       </c>
       <c r="O23" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>158</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>159</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>160</v>
       </c>
       <c r="T23" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>162</v>
       </c>
       <c r="X23" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>164</v>
       </c>
       <c r="AA23" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>166</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>167</v>
       </c>
       <c r="AE23" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="AF23" s="6" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
+        <v>558</v>
+      </c>
+      <c r="D24" s="7">
         <v>511</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>522</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>534</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>508</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>539</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>565</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J24" s="7">
         <v>545</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>559</v>
       </c>
-      <c r="K24" s="7">
+      <c r="L24" s="7">
         <v>547</v>
       </c>
-      <c r="L24" s="7">
+      <c r="M24" s="7">
         <v>612</v>
       </c>
-      <c r="M24" s="7">
+      <c r="N24" s="7">
         <v>506</v>
       </c>
-      <c r="N24" s="7">
+      <c r="O24" s="7">
         <v>599</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>437</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>473</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>436</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>461</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>401</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>472</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>408</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>440</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>422</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>451</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>421</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>439</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>421</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>406</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>428</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>427</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
       <c r="G25" s="7">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
       <c r="I25" s="7">
         <v>120</v>
       </c>
       <c r="J25" s="7">
         <v>120</v>
       </c>
       <c r="K25" s="7">
         <v>120</v>
       </c>
       <c r="L25" s="7">
         <v>120</v>
       </c>
       <c r="M25" s="7">
         <v>120</v>
       </c>
       <c r="N25" s="7">
         <v>120</v>
       </c>
-      <c r="O25" s="6">
-        <v>100</v>
+      <c r="O25" s="7">
+        <v>120</v>
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
@@ -2849,141 +2852,141 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>102</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>445</v>
       </c>
       <c r="D28" s="4">
         <v>477</v>
       </c>
       <c r="E28" s="4">
         <v>428</v>
       </c>
       <c r="F28" s="4">
         <v>445</v>
       </c>
       <c r="G28" s="4">
         <v>467</v>
       </c>
       <c r="H28" s="4">
@@ -3137,144 +3140,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>404</v>
       </c>
       <c r="D32" s="4">
         <v>470</v>
       </c>
       <c r="E32" s="4">
         <v>453</v>
       </c>
       <c r="F32" s="4">
         <v>438</v>
       </c>
       <c r="G32" s="4">
         <v>467</v>
       </c>
       <c r="H32" s="4">
         <v>415</v>
       </c>
       <c r="I32" s="4">
@@ -3425,135 +3428,135 @@
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>101</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>126</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>127</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>128</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>130</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>138</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>541</v>
       </c>
       <c r="D36" s="7">
         <v>572</v>
       </c>
       <c r="E36" s="7">
         <v>542</v>
       </c>
       <c r="F36" s="7">
@@ -3713,141 +3716,141 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>100</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>102</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>465</v>
       </c>
       <c r="D40" s="4">
         <v>424</v>
       </c>
       <c r="E40" s="4">
         <v>419</v>
       </c>
       <c r="F40" s="4">
         <v>444</v>
       </c>
       <c r="G40" s="4">
         <v>485</v>
       </c>
       <c r="H40" s="4">
@@ -4001,144 +4004,144 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>402</v>
       </c>
       <c r="D44" s="4">
         <v>462</v>
       </c>
       <c r="E44" s="4">
         <v>467</v>
       </c>
       <c r="F44" s="4">
         <v>410</v>
       </c>
       <c r="G44" s="4">
         <v>445</v>
       </c>
       <c r="H44" s="4">
         <v>409</v>
       </c>
       <c r="I44" s="4">