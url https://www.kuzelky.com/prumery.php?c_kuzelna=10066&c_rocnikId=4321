--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -359,102 +359,102 @@
   <si>
     <t>10.4.2024</t>
   </si>
   <si>
     <t>20.3.2024</t>
   </si>
   <si>
     <t>29.11.2023</t>
   </si>
   <si>
     <t>8.11.2023</t>
   </si>
   <si>
     <t>11.10.2023</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>13.9.2023</t>
   </si>
   <si>
     <t>Miroslav Oujezdský</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>8.4.2024</t>
   </si>
   <si>
     <t>18.3.2024</t>
   </si>
   <si>
     <t>29.2.2024</t>
   </si>
   <si>
     <t>12.2.2024</t>
   </si>
   <si>
     <t>3.4.2023</t>
   </si>
   <si>
     <t>27.3.2023</t>
   </si>
   <si>
     <t>27.2.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>13.2.2023</t>
   </si>
   <si>
     <t>30.1.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>20.10.2022</t>
   </si>
   <si>
     <t>16.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>9.3.2022</t>
   </si>
   <si>
     <t>David Pospíšil</t>
   </si>
   <si>
     <t>8.1.2020</t>
   </si>
   <si>
     <t>4.12.2019</t>
   </si>
   <si>
     <t>29.3.2019</t>
   </si>
   <si>
     <t>22.3.2019</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>9.11.2018</t>
   </si>
@@ -2249,274 +2249,274 @@
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D19" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="G19" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="I19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="6" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="K19" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>119</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>120</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>121</v>
       </c>
       <c r="S19" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="T19" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>123</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>124</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>125</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>126</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AA19" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="7">
+        <v>558</v>
+      </c>
+      <c r="D20" s="7">
         <v>511</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>522</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>534</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>508</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>539</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>565</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>545</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>559</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>547</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>612</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>506</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>599</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>437</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>473</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>436</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>461</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>401</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>472</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>408</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>440</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>422</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>451</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>421</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>439</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>421</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>406</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>428</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>427</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>120</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
       <c r="I21" s="7">
         <v>120</v>
       </c>
       <c r="J21" s="7">
         <v>120</v>
       </c>
       <c r="K21" s="7">
         <v>120</v>
       </c>
       <c r="L21" s="7">
         <v>120</v>
       </c>
       <c r="M21" s="7">
         <v>120</v>
       </c>
       <c r="N21" s="7">
         <v>120</v>
       </c>
-      <c r="O21" s="6">
-        <v>100</v>
+      <c r="O21" s="7">
+        <v>120</v>
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
@@ -2858,72 +2858,72 @@
       <c r="J27" s="6" t="s">
         <v>142</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>143</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>144</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
@@ -3389,51 +3389,51 @@
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>135</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>11</v>
       </c>