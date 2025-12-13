--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -449,50 +449,53 @@
   <si>
     <t>12.3.2019</t>
   </si>
   <si>
     <t>21.2.2019</t>
   </si>
   <si>
     <t>6.2.2019</t>
   </si>
   <si>
     <t>16.1.2019</t>
   </si>
   <si>
     <t>12.12.2018</t>
   </si>
   <si>
     <t>5.12.2018</t>
   </si>
   <si>
     <t>17.10.2018</t>
   </si>
   <si>
     <t>Miroslav Oujezdský</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>12.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>13.12.2024</t>
@@ -522,53 +525,50 @@
     <t>27.3.2023</t>
   </si>
   <si>
     <t>27.2.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>13.2.2023</t>
   </si>
   <si>
     <t>30.1.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>20.10.2022</t>
   </si>
   <si>
     <t>16.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>9.3.2022</t>
   </si>
   <si>
     <t>František Kramář</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>Tereza Nová</t>
   </si>
   <si>
     <t>Michaela Šimková</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>Radka Šindelářová</t>
   </si>
@@ -2774,241 +2774,241 @@
       <c r="G27" s="6" t="s">
         <v>149</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>150</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>151</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>152</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>153</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>154</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>155</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>156</v>
       </c>
       <c r="O27" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="P27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q27" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="R27" s="6" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>159</v>
       </c>
       <c r="T27" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="U27" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>161</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>162</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>163</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>164</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>165</v>
       </c>
       <c r="AA27" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="AB27" s="6" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>167</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>168</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>169</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
+        <v>558</v>
+      </c>
+      <c r="D28" s="7">
         <v>511</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>522</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>534</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>508</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>539</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>565</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>545</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>559</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>547</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>612</v>
       </c>
-      <c r="M28" s="7">
+      <c r="N28" s="7">
         <v>506</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>599</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>437</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>473</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>436</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>461</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>401</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>472</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>408</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>440</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>422</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>451</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>421</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>439</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>421</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>406</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>428</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>427</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
       <c r="K29" s="7">
         <v>120</v>
       </c>
       <c r="L29" s="7">
         <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>120</v>
       </c>
-      <c r="O29" s="6">
-        <v>100</v>
+      <c r="O29" s="7">
+        <v>120</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
@@ -3314,256 +3314,256 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="4">
+      <c r="C36" s="7">
+        <v>567</v>
+      </c>
+      <c r="D36" s="4">
         <v>468</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>481</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>480</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>490</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>581</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>425</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>458</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>444</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>442</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>430</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>420</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>434</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>387</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>469</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>473</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>490</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>436</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>454</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>506</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>453</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>480</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>450</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>437</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>454</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>442</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>453</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>483</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>479</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="6">
-        <v>100</v>
+      <c r="C37" s="7">
+        <v>120</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
-      <c r="G37" s="7">
+      <c r="G37" s="6">
+        <v>100</v>
+      </c>
+      <c r="H37" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>