--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Výsledky hráčů družstva KK Mor.Slávia Brno D na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Jiří Kraus</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
@@ -173,177 +173,180 @@
   <si>
     <t>10.12.2021</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>24.11.2021</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
   <si>
     <t>Roman Janderka</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>9.10.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>13.3.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
+    <t>Petr Lang</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>26.9.2025</t>
+  </si>
+  <si>
+    <t>12.9.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>7.2.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>13.12.2024</t>
+  </si>
+  <si>
+    <t>6.12.2024</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>10.4.2024</t>
+  </si>
+  <si>
+    <t>20.3.2024</t>
+  </si>
+  <si>
+    <t>6.3.2024</t>
+  </si>
+  <si>
+    <t>14.2.2024</t>
+  </si>
+  <si>
+    <t>29.11.2023</t>
+  </si>
+  <si>
+    <t>22.11.2023</t>
+  </si>
+  <si>
+    <t>8.11.2023</t>
+  </si>
+  <si>
+    <t>18.10.2023</t>
+  </si>
+  <si>
+    <t>11.10.2023</t>
+  </si>
+  <si>
+    <t>27.9.2023</t>
+  </si>
+  <si>
+    <t>13.9.2023</t>
+  </si>
+  <si>
+    <t>12.4.2023</t>
+  </si>
+  <si>
+    <t>22.3.2023</t>
+  </si>
+  <si>
+    <t>8.3.2023</t>
+  </si>
+  <si>
+    <t>František Kramář</t>
+  </si>
+  <si>
+    <t>4.10.2024</t>
+  </si>
+  <si>
+    <t>20.9.2024</t>
+  </si>
+  <si>
+    <t>Tereza Nová</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>Radka Šindelářová</t>
+  </si>
+  <si>
     <t>18.11.2022</t>
-  </si>
-[...103 lines deleted...]
-    <t>Radka Šindelářová</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1337,233 +1340,233 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="K11" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="S11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="U11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>459</v>
+      </c>
+      <c r="D12" s="4">
         <v>454</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>446</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>447</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>439</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>453</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>461</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>445</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>488</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>448</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>434</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="O12" s="4">
         <v>424</v>
       </c>
       <c r="P12" s="4">
+        <v>424</v>
+      </c>
+      <c r="Q12" s="4">
         <v>445</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>430</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>448</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>456</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>450</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>417</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>428</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>439</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>442</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>444</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>426</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>449</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>458</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>423</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>428</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1913,233 +1916,233 @@
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N19" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="O19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q19" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="V19" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="W19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X19" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>446</v>
+      </c>
+      <c r="D20" s="4">
         <v>449</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>488</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>437</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>428</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>431</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>449</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>389</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>434</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>395</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>418</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>458</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>454</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>443</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>465</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>436</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="T20" s="4">
         <v>441</v>
       </c>
       <c r="U20" s="4">
+        <v>441</v>
+      </c>
+      <c r="V20" s="4">
         <v>458</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>441</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>392</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>444</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>454</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>438</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>430</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>441</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>476</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>430</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2201,253 +2204,253 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q23" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="R23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="S23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Y23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="Z23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="AA23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB23" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>468</v>
+      </c>
+      <c r="D24" s="4">
         <v>481</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>480</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>490</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>581</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>425</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>458</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>444</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>442</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>430</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>420</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>434</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>387</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>469</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>473</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>490</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>436</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>454</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>506</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>453</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>480</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>450</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>437</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>454</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>442</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>453</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>483</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>479</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>453</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
-      <c r="F25" s="7">
+      <c r="F25" s="6">
+        <v>100</v>
+      </c>
+      <c r="G25" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
@@ -2489,233 +2492,233 @@
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L27" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O27" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R27" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="T27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="V27" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AC27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD27" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>435</v>
       </c>
       <c r="D28" s="4">
+        <v>435</v>
+      </c>
+      <c r="E28" s="4">
         <v>397</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>454</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>428</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>429</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>458</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>438</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>466</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>440</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>431</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>443</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>452</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>460</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>455</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>482</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>418</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>440</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>432</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>452</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>404</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>420</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>417</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>447</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>408</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>405</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>461</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>416</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>442</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">