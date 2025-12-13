--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -299,50 +299,53 @@
   <si>
     <t>2.11.2022</t>
   </si>
   <si>
     <t>12.10.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>28.9.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>16.3.2022</t>
   </si>
   <si>
     <t>9.3.2022</t>
   </si>
   <si>
     <t>Miroslav Oujezdský</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>12.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>13.12.2024</t>
@@ -498,53 +501,50 @@
     <t>12.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.11.2023</t>
   </si>
   <si>
     <t>Lenka Indrová</t>
   </si>
   <si>
     <t>3.12.2025</t>
   </si>
   <si>
     <t>12.11.2025</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>18.9.2025</t>
   </si>
   <si>
     <t>2.4.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>5.3.2025</t>
   </si>
@@ -1982,241 +1982,241 @@
       <c r="G15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>105</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>106</v>
       </c>
       <c r="O15" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="S15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="U15" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="W15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X15" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>114</v>
       </c>
       <c r="AE15" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
+        <v>558</v>
+      </c>
+      <c r="D16" s="7">
         <v>511</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>522</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>534</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>508</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>539</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>565</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>545</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>559</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>547</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>612</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>506</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>599</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>437</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>473</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>436</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>461</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>401</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>472</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>408</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>440</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>422</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>451</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>421</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>439</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>421</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>406</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>428</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>427</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
       <c r="G17" s="7">
         <v>120</v>
       </c>
       <c r="H17" s="7">
         <v>120</v>
       </c>
       <c r="I17" s="7">
         <v>120</v>
       </c>
       <c r="J17" s="7">
         <v>120</v>
       </c>
       <c r="K17" s="7">
         <v>120</v>
       </c>
       <c r="L17" s="7">
         <v>120</v>
       </c>
       <c r="M17" s="7">
         <v>120</v>
       </c>
       <c r="N17" s="7">
         <v>120</v>
       </c>
-      <c r="O17" s="6">
-        <v>100</v>
+      <c r="O17" s="7">
+        <v>120</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
@@ -2228,141 +2228,141 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>445</v>
       </c>
       <c r="D20" s="4">
         <v>477</v>
       </c>
       <c r="E20" s="4">
         <v>428</v>
       </c>
       <c r="F20" s="4">
         <v>445</v>
       </c>
       <c r="G20" s="4">
         <v>467</v>
       </c>
       <c r="H20" s="4">
@@ -2516,144 +2516,144 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>411</v>
       </c>
       <c r="D24" s="4">
         <v>423</v>
       </c>
       <c r="E24" s="4">
         <v>387</v>
       </c>
       <c r="F24" s="4">
         <v>465</v>
       </c>
       <c r="G24" s="4">
         <v>449</v>
       </c>
       <c r="H24" s="4">
         <v>401</v>
       </c>
       <c r="I24" s="4">
@@ -2804,313 +2804,313 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>147</v>
+        <v>98</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>98</v>
+        <v>148</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>148</v>
+        <v>102</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>149</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>150</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>151</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>125</v>
+        <v>153</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>126</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>153</v>
+        <v>127</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>127</v>
+        <v>154</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>128</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>154</v>
+        <v>129</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>129</v>
+        <v>155</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>157</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>158</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>159</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>160</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>161</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
+        <v>579</v>
+      </c>
+      <c r="D28" s="7">
         <v>572</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>510</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>594</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>554</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>530</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>573</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>550</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>559</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>584</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>566</v>
       </c>
-      <c r="M28" s="7">
+      <c r="N28" s="7">
         <v>522</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>606</v>
       </c>
-      <c r="O28" s="7">
+      <c r="P28" s="7">
         <v>595</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>445</v>
       </c>
-      <c r="Q28" s="7">
+      <c r="R28" s="7">
         <v>572</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>468</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>413</v>
       </c>
-      <c r="T28" s="7">
+      <c r="U28" s="7">
         <v>541</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>453</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>440</v>
       </c>
-      <c r="W28" s="7">
+      <c r="X28" s="7">
         <v>572</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>451</v>
       </c>
-      <c r="Y28" s="7">
+      <c r="Z28" s="7">
         <v>618</v>
       </c>
-      <c r="Z28" s="7">
+      <c r="AA28" s="7">
         <v>593</v>
       </c>
-      <c r="AA28" s="7">
+      <c r="AB28" s="7">
         <v>517</v>
       </c>
-      <c r="AB28" s="7">
+      <c r="AC28" s="7">
         <v>514</v>
       </c>
-      <c r="AC28" s="7">
+      <c r="AD28" s="7">
         <v>548</v>
       </c>
-      <c r="AD28" s="7">
+      <c r="AE28" s="7">
         <v>560</v>
       </c>
-      <c r="AE28" s="7">
+      <c r="AF28" s="7">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
       <c r="K29" s="7">
         <v>120</v>
       </c>
       <c r="L29" s="7">
         <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>120</v>
       </c>
       <c r="O29" s="7">
         <v>120</v>
       </c>
-      <c r="P29" s="6">
-[...2 lines deleted...]
-      <c r="Q29" s="7">
+      <c r="P29" s="7">
         <v>120</v>
       </c>
-      <c r="R29" s="6">
-        <v>100</v>
+      <c r="Q29" s="6">
+        <v>100</v>
+      </c>
+      <c r="R29" s="7">
+        <v>120</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
-      <c r="T29" s="7">
+      <c r="T29" s="6">
+        <v>100</v>
+      </c>
+      <c r="U29" s="7">
         <v>120</v>
       </c>
-      <c r="U29" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
-      <c r="W29" s="7">
+      <c r="W29" s="6">
+        <v>100</v>
+      </c>
+      <c r="X29" s="7">
         <v>120</v>
       </c>
-      <c r="X29" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="Y29" s="6">
+        <v>100</v>
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
@@ -3173,51 +3173,51 @@
       <c r="T31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>172</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>173</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>430</v>
       </c>
       <c r="D32" s="4">
         <v>412</v>
       </c>
       <c r="E32" s="4">
@@ -3386,135 +3386,135 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>72</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>465</v>
       </c>
       <c r="D36" s="4">
         <v>424</v>
       </c>
       <c r="E36" s="4">
         <v>419</v>
       </c>
       <c r="F36" s="4">
         <v>444</v>
       </c>
       <c r="G36" s="4">
         <v>485</v>
       </c>
       <c r="H36" s="4">
@@ -3677,135 +3677,135 @@
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>72</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>402</v>
       </c>
       <c r="D40" s="4">
         <v>462</v>
       </c>
       <c r="E40" s="4">
         <v>467</v>
       </c>
       <c r="F40" s="4">
         <v>410</v>
       </c>
       <c r="G40" s="4">
         <v>445</v>
       </c>
       <c r="H40" s="4">
         <v>409</v>
       </c>
       <c r="I40" s="4">
@@ -3968,60 +3968,60 @@
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>62</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>178</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>179</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>180</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>181</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>182</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>183</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>184</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>185</v>
       </c>
@@ -4334,51 +4334,51 @@
       <c r="W47" s="6" t="s">
         <v>172</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>431</v>
       </c>
       <c r="D48" s="4">
         <v>407</v>
       </c>
       <c r="E48" s="4">
         <v>400</v>
       </c>
       <c r="F48" s="4">
         <v>454</v>
       </c>
       <c r="G48" s="4">
         <v>430</v>
       </c>
       <c r="H48" s="4">