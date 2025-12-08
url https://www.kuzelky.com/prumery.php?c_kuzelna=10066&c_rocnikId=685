--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Výsledky hráčů družstva KK Mor.Slávia Brno na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Romana Sedlářová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>17.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
@@ -446,50 +446,53 @@
   <si>
     <t>22.2.2014</t>
   </si>
   <si>
     <t>8.2.2014</t>
   </si>
   <si>
     <t>18.1.2014</t>
   </si>
   <si>
     <t>23.11.2013</t>
   </si>
   <si>
     <t>9.11.2013</t>
   </si>
   <si>
     <t>19.10.2013</t>
   </si>
   <si>
     <t>Monika Rusňáková</t>
   </si>
   <si>
     <t>Tereza Nová</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
@@ -521,81 +524,75 @@
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>17.1.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
-    <t>6.10.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Radka Šindelářová</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>19.10.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.10.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3059,223 +3056,223 @@
       <c r="E31" s="7" t="s">
         <v>146</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>147</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>148</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>149</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>150</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>151</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>152</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>153</v>
       </c>
       <c r="M31" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="N31" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>155</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>156</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>157</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>158</v>
       </c>
       <c r="S31" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="T31" s="7" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>160</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>161</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>162</v>
       </c>
       <c r="X31" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="Y31" s="7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>164</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>165</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>166</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>167</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>168</v>
       </c>
       <c r="AE31" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="AF31" s="7" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>468</v>
+      </c>
+      <c r="D32" s="4">
         <v>481</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>480</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>490</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>581</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>425</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>458</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>444</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>442</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>430</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>420</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>434</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>387</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>469</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>473</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>490</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>436</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>454</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>506</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>453</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>480</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>450</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>437</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>454</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>442</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>453</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>483</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>479</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>453</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
-      <c r="F33" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="F33" s="7">
+        <v>100</v>
+      </c>
+      <c r="G33" s="5">
+        <v>120</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
       <c r="M33" s="7">
         <v>100</v>
       </c>
       <c r="N33" s="7">
         <v>100</v>
       </c>
       <c r="O33" s="7">
         <v>100</v>
       </c>
@@ -3320,230 +3317,230 @@
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>144</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>151</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>152</v>
       </c>
       <c r="I35" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="J35" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>156</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>157</v>
       </c>
       <c r="M35" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="N35" s="7" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>160</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="Q35" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="R35" s="7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>164</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>165</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>166</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="W35" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="X35" s="7" t="s">
         <v>171</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>172</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>173</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>174</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>175</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>176</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>177</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>435</v>
       </c>
       <c r="D36" s="4">
+        <v>435</v>
+      </c>
+      <c r="E36" s="4">
         <v>397</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>454</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>428</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>429</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>458</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>438</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>466</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>440</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>431</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>443</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>452</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>460</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>455</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>482</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>418</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>440</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>432</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>452</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>404</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>420</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>417</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>447</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>408</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>405</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>461</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>416</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>442</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
       <c r="I37" s="7">