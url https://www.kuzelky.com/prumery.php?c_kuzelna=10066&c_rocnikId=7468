--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Výsledky hráčů družstva KK Orel Telnice na kuželně KK MS Brno</t>
   </si>
   <si>
     <t>Pavel Dvořák</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
@@ -718,122 +721,128 @@
       </c>
       <c r="P3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="7" t="s">
         <v>18</v>
       </c>
       <c r="S3" s="7" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="7" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="7" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="7" t="s">
         <v>23</v>
       </c>
+      <c r="X3" s="7" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="4">
+        <v>529</v>
+      </c>
+      <c r="D4" s="4">
         <v>538</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>547</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>534</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>527</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>552</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>560</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>571</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>519</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>614</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>588</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="O4" s="4">
         <v>564</v>
       </c>
       <c r="P4" s="4">
+        <v>564</v>
+      </c>
+      <c r="Q4" s="4">
         <v>585</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>557</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>565</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>549</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>543</v>
       </c>
-      <c r="U4" s="5">
+      <c r="V4" s="5">
         <v>471</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>421</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>546</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
         <v>120</v>
       </c>
       <c r="J5" s="4">
         <v>120</v>
       </c>
@@ -845,256 +854,259 @@
       </c>
       <c r="M5" s="4">
         <v>120</v>
       </c>
       <c r="N5" s="4">
         <v>120</v>
       </c>
       <c r="O5" s="4">
         <v>120</v>
       </c>
       <c r="P5" s="4">
         <v>120</v>
       </c>
       <c r="Q5" s="4">
         <v>120</v>
       </c>
       <c r="R5" s="4">
         <v>120</v>
       </c>
       <c r="S5" s="4">
         <v>120</v>
       </c>
       <c r="T5" s="4">
         <v>120</v>
       </c>
-      <c r="U5" s="7">
-        <v>100</v>
+      <c r="U5" s="4">
+        <v>120</v>
       </c>
       <c r="V5" s="7">
         <v>100</v>
       </c>
-      <c r="W5" s="4">
+      <c r="W5" s="7">
+        <v>100</v>
+      </c>
+      <c r="X5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>31</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>32</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>33</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>34</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>35</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="7" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="R7" s="7" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AC7" s="7" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="AE7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="AF7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" s="4">
+        <v>518</v>
+      </c>
+      <c r="D8" s="4">
         <v>522</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>530</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>503</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>558</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>572</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>566</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>553</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="L8" s="4">
         <v>557</v>
       </c>
       <c r="M8" s="4">
+        <v>557</v>
+      </c>
+      <c r="N8" s="4">
         <v>546</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>534</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>538</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>546</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>512</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>562</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>536</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>535</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>552</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>563</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>516</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>495</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>522</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>525</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>529</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>563</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>565</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>564</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
@@ -1145,149 +1157,149 @@
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N11" s="7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="P11" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T11" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C12" s="4">
         <v>498</v>
       </c>
       <c r="D12" s="4">
         <v>524</v>
       </c>
       <c r="E12" s="4">
         <v>504</v>
       </c>
       <c r="F12" s="4">
         <v>521</v>
       </c>
       <c r="G12" s="4">
         <v>532</v>
       </c>
       <c r="H12" s="4">
         <v>517</v>
       </c>
       <c r="I12" s="4">
         <v>550</v>
       </c>
       <c r="J12" s="4">
         <v>523</v>
       </c>
@@ -1338,51 +1350,51 @@
       </c>
       <c r="Z12" s="4">
         <v>535</v>
       </c>
       <c r="AA12" s="4">
         <v>517</v>
       </c>
       <c r="AB12" s="4">
         <v>606</v>
       </c>
       <c r="AC12" s="4">
         <v>523</v>
       </c>
       <c r="AD12" s="4">
         <v>519</v>
       </c>
       <c r="AE12" s="4">
         <v>521</v>
       </c>
       <c r="AF12" s="4">
         <v>534</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
         <v>120</v>
       </c>
       <c r="J13" s="4">
         <v>120</v>
       </c>
@@ -1433,244 +1445,244 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>38</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>40</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>41</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>42</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>44</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="4">
+        <v>585</v>
+      </c>
+      <c r="D16" s="4">
         <v>504</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>576</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>528</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>523</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>530</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>613</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>559</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>542</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>603</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>564</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>528</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>562</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>633</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>583</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>558</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>566</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>631</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>592</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>594</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>573</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>562</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>559</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>556</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>571</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>563</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>543</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>588</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>549</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
         <v>120</v>
       </c>
       <c r="J17" s="4">
         <v>120</v>
       </c>
@@ -1721,244 +1733,244 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>31</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>33</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>35</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>40</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>41</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>42</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C20" s="4">
+        <v>605</v>
+      </c>
+      <c r="D20" s="4">
         <v>544</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>579</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>549</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>559</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>502</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>591</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>548</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>563</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>575</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>587</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>583</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>566</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>558</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>512</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>557</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>575</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>543</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>573</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>517</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>581</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>526</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>574</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>558</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>538</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>556</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>554</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>567</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>569</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
         <v>120</v>
       </c>
       <c r="J21" s="4">
         <v>120</v>
       </c>
@@ -2009,244 +2021,244 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>33</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>34</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>38</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>40</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C24" s="4">
+        <v>575</v>
+      </c>
+      <c r="D24" s="4">
         <v>578</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>525</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>575</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>563</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>554</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>561</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>537</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>596</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>589</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>538</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>544</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>574</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>511</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>592</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>569</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>586</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="U24" s="4">
         <v>556</v>
       </c>
       <c r="V24" s="4">
+        <v>556</v>
+      </c>
+      <c r="W24" s="4">
         <v>610</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>578</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>581</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>555</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>526</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>561</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>553</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>555</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>554</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
         <v>120</v>
       </c>
       <c r="J25" s="4">
         <v>120</v>
       </c>
@@ -2297,149 +2309,149 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C28" s="4">
         <v>561</v>
       </c>
       <c r="D28" s="4">
         <v>538</v>
       </c>
       <c r="E28" s="4">
         <v>554</v>
       </c>
       <c r="F28" s="4">
         <v>553</v>
       </c>
       <c r="G28" s="4">
         <v>580</v>
       </c>
       <c r="H28" s="4">
         <v>574</v>
       </c>
       <c r="I28" s="4">
         <v>570</v>
       </c>
       <c r="J28" s="4">
         <v>582</v>
       </c>
@@ -2490,51 +2502,51 @@
       </c>
       <c r="Z28" s="4">
         <v>524</v>
       </c>
       <c r="AA28" s="4">
         <v>520</v>
       </c>
       <c r="AB28" s="4">
         <v>536</v>
       </c>
       <c r="AC28" s="4">
         <v>595</v>
       </c>
       <c r="AD28" s="4">
         <v>540</v>
       </c>
       <c r="AE28" s="5">
         <v>428</v>
       </c>
       <c r="AF28" s="5">
         <v>451</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
@@ -2585,149 +2597,149 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C32" s="4">
         <v>568</v>
       </c>
       <c r="D32" s="4">
         <v>571</v>
       </c>
       <c r="E32" s="4">
         <v>546</v>
       </c>
       <c r="F32" s="4">
         <v>536</v>
       </c>
       <c r="G32" s="4">
         <v>538</v>
       </c>
       <c r="H32" s="4">
         <v>595</v>
       </c>
       <c r="I32" s="4">
         <v>555</v>
       </c>
       <c r="J32" s="4">
         <v>596</v>
       </c>
@@ -2778,51 +2790,51 @@
       </c>
       <c r="Z32" s="5">
         <v>449</v>
       </c>
       <c r="AA32" s="5">
         <v>460</v>
       </c>
       <c r="AB32" s="5">
         <v>422</v>
       </c>
       <c r="AC32" s="5">
         <v>407</v>
       </c>
       <c r="AD32" s="5">
         <v>387</v>
       </c>
       <c r="AE32" s="5">
         <v>455</v>
       </c>
       <c r="AF32" s="5">
         <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
         <v>120</v>
       </c>
       <c r="J33" s="4">
         <v>120</v>
       </c>