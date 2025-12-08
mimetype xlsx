--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Výsledky hráčů družstva TJ Valašské Meziříčí B na kuželně TJ Valašské Meziříčí</t>
   </si>
   <si>
     <t>Miloš Jandík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
@@ -290,50 +290,53 @@
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>11.1.2020</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>Ludmila Satinská</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>14.12.2024</t>
@@ -368,123 +371,123 @@
   <si>
     <t>17.2.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>7.10.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
+    <t>Miroslav Volek</t>
+  </si>
+  <si>
+    <t>8.11.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>11.4.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>7.2.2025</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>12.1.2024</t>
+  </si>
+  <si>
+    <t>1.12.2023</t>
+  </si>
+  <si>
+    <t>3.11.2023</t>
+  </si>
+  <si>
+    <t>3.10.2023</t>
+  </si>
+  <si>
+    <t>8.12.2022</t>
+  </si>
+  <si>
+    <t>Lucie Šťastná</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>13.10.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>7.12.2019</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
     <t>30.3.2019</t>
-  </si>
-[...70 lines deleted...]
-    <t>2.11.2019</t>
   </si>
   <si>
     <t>16.3.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>21.10.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>Petr Tomášek</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>2.10.2020</t>
   </si>
@@ -1883,170 +1886,170 @@
       <c r="P15" s="7" t="s">
         <v>105</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>106</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>107</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>108</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>109</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>110</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>111</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>112</v>
       </c>
       <c r="X15" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y15" s="7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>114</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>115</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>117</v>
       </c>
       <c r="AD15" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="AE15" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>568</v>
+      </c>
+      <c r="D16" s="5">
         <v>540</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>568</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>608</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>565</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>562</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>607</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>554</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>543</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>567</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>608</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>593</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>575</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>556</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>604</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>521</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>552</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>545</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>599</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>552</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>539</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>567</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>557</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>598</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>521</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>572</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>534</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>561</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>467</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="5">
         <v>120</v>
       </c>
       <c r="E17" s="5">
         <v>120</v>
       </c>
       <c r="F17" s="5">
         <v>120</v>
       </c>
       <c r="G17" s="5">
         <v>120</v>
       </c>
       <c r="H17" s="5">
         <v>120</v>
       </c>
       <c r="I17" s="5">
@@ -2090,111 +2093,111 @@
       </c>
       <c r="V17" s="5">
         <v>120</v>
       </c>
       <c r="W17" s="5">
         <v>120</v>
       </c>
       <c r="X17" s="5">
         <v>120</v>
       </c>
       <c r="Y17" s="5">
         <v>120</v>
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="5">
         <v>120</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
-      <c r="AD17" s="7">
-        <v>100</v>
+      <c r="AD17" s="5">
+        <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>120</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>121</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>122</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>123</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>124</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>125</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>126</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>127</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>128</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>129</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>130</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>131</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>15</v>
       </c>
@@ -2396,129 +2399,129 @@
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>135</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>136</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>137</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>138</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>139</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>140</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>141</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>142</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>88</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>45</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>52</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>539</v>
       </c>
       <c r="D24" s="5">
         <v>555</v>
       </c>
       <c r="E24" s="5">
         <v>531</v>
       </c>
       <c r="F24" s="5">
@@ -2678,120 +2681,120 @@
       </c>
       <c r="Z25" s="5">
         <v>120</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>29</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>48</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>52</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>54</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>59</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>60</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>61</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>460</v>
       </c>
       <c r="D28" s="4">
         <v>433</v>
       </c>
       <c r="E28" s="4">
         <v>429</v>
       </c>
       <c r="F28" s="4">
         <v>446</v>
       </c>
       <c r="G28" s="4">
         <v>449</v>
       </c>
       <c r="H28" s="4">
         <v>468</v>
       </c>
       <c r="I28" s="4">
@@ -2894,108 +2897,108 @@
       </c>
       <c r="R29" s="5">
         <v>120</v>
       </c>
       <c r="S29" s="5">
         <v>120</v>
       </c>
       <c r="T29" s="5">
         <v>120</v>
       </c>
       <c r="U29" s="5">
         <v>120</v>
       </c>
       <c r="V29" s="5">
         <v>120</v>
       </c>
       <c r="W29" s="5">
         <v>120</v>
       </c>
       <c r="X29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>85</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>86</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>141</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>142</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>88</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>471</v>
       </c>
       <c r="D32" s="4">
         <v>438</v>
       </c>
       <c r="E32" s="4">
         <v>441</v>
       </c>
       <c r="F32" s="4">
@@ -3101,60 +3104,60 @@
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="5">
         <v>120</v>
       </c>
       <c r="W33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>59</v>
       </c>
@@ -3245,286 +3248,286 @@
       </c>
       <c r="J37" s="5">
         <v>120</v>
       </c>
       <c r="K37" s="5">
         <v>120</v>
       </c>
       <c r="L37" s="5">
         <v>120</v>
       </c>
       <c r="M37" s="5">
         <v>120</v>
       </c>
       <c r="N37" s="5">
         <v>120</v>
       </c>
       <c r="O37" s="5">
         <v>120</v>
       </c>
       <c r="P37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D39" s="7" t="s">
+      <c r="E39" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="E39" s="7" t="s">
+      <c r="F39" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="F39" s="7" t="s">
+      <c r="G39" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="G39" s="7" t="s">
+      <c r="H39" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="H39" s="7" t="s">
+      <c r="I39" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="I39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="K39" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="K39" s="7" t="s">
+      <c r="L39" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="L39" s="7" t="s">
+      <c r="M39" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="M39" s="7" t="s">
+      <c r="N39" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="N39" s="7" t="s">
+      <c r="O39" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="O39" s="7" t="s">
+      <c r="P39" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="P39" s="7" t="s">
+      <c r="Q39" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="Q39" s="7" t="s">
+      <c r="R39" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="S39" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="T39" s="7" t="s">
+      <c r="U39" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="U39" s="7" t="s">
+      <c r="V39" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="V39" s="7" t="s">
+      <c r="W39" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="W39" s="7" t="s">
+      <c r="X39" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="X39" s="7" t="s">
+      <c r="Y39" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Y39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z39" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="AA39" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AA39" s="7" t="s">
+      <c r="AB39" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AB39" s="7" t="s">
+      <c r="AC39" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AC39" s="7" t="s">
+      <c r="AD39" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AD39" s="7" t="s">
+      <c r="AE39" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AE39" s="7" t="s">
+      <c r="AF39" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>448</v>
+      </c>
+      <c r="D40" s="4">
         <v>465</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>489</v>
       </c>
-      <c r="E40" s="5">
+      <c r="F40" s="5">
         <v>562</v>
       </c>
-      <c r="F40" s="5">
+      <c r="G40" s="5">
         <v>563</v>
       </c>
-      <c r="G40" s="5">
+      <c r="H40" s="5">
         <v>574</v>
       </c>
-      <c r="H40" s="5">
+      <c r="I40" s="5">
         <v>524</v>
       </c>
-      <c r="I40" s="5">
+      <c r="J40" s="5">
         <v>531</v>
       </c>
-      <c r="J40" s="5">
+      <c r="K40" s="5">
         <v>624</v>
       </c>
-      <c r="K40" s="5">
+      <c r="L40" s="5">
         <v>572</v>
       </c>
-      <c r="L40" s="5">
+      <c r="M40" s="5">
         <v>579</v>
       </c>
-      <c r="M40" s="5">
+      <c r="N40" s="5">
         <v>554</v>
       </c>
-      <c r="N40" s="5">
+      <c r="O40" s="5">
         <v>564</v>
       </c>
-      <c r="O40" s="5">
+      <c r="P40" s="5">
         <v>553</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>453</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>444</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>468</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>456</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>458</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>433</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>473</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>440</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>463</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>429</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>449</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>447</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>455</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>468</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>422</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
-      <c r="E41" s="5">
-        <v>120</v>
+      <c r="E41" s="7">
+        <v>100</v>
       </c>
       <c r="F41" s="5">
         <v>120</v>
       </c>
       <c r="G41" s="5">
         <v>120</v>
       </c>
       <c r="H41" s="5">
         <v>120</v>
       </c>
       <c r="I41" s="5">
         <v>120</v>
       </c>
       <c r="J41" s="5">
         <v>120</v>
       </c>
       <c r="K41" s="5">
         <v>120</v>
       </c>
       <c r="L41" s="5">
         <v>120</v>
       </c>
       <c r="M41" s="5">
         <v>120</v>
       </c>
       <c r="N41" s="5">
         <v>120</v>
       </c>
       <c r="O41" s="5">
         <v>120</v>
       </c>
-      <c r="P41" s="7">
-        <v>100</v>
+      <c r="P41" s="5">
+        <v>120</v>
       </c>
       <c r="Q41" s="7">
         <v>100</v>
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>100</v>
       </c>
       <c r="W41" s="7">
         <v>100</v>
       </c>
       <c r="X41" s="7">
         <v>100</v>
       </c>
@@ -3533,239 +3536,239 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>160</v>
+        <v>92</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>92</v>
+        <v>161</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>94</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>95</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>96</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>97</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>100</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>101</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>102</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>161</v>
+        <v>103</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>103</v>
+        <v>162</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>105</v>
+        <v>163</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>106</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>163</v>
+        <v>107</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>107</v>
+        <v>164</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>108</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="X43" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y43" s="7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>114</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>115</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AC43" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD43" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AD43" s="7" t="s">
+      <c r="AE43" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AE43" s="7" t="s">
+      <c r="AF43" s="7" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
+        <v>505</v>
+      </c>
+      <c r="D44" s="5">
         <v>559</v>
       </c>
-      <c r="D44" s="5">
+      <c r="E44" s="5">
         <v>546</v>
       </c>
-      <c r="E44" s="5">
+      <c r="F44" s="5">
         <v>530</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>524</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>578</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>544</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>554</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>557</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>524</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>563</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>582</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>568</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>541</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>551</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>509</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>545</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>559</v>
       </c>
-      <c r="T44" s="5">
+      <c r="U44" s="5">
         <v>558</v>
       </c>
-      <c r="U44" s="5">
+      <c r="V44" s="5">
         <v>524</v>
       </c>
-      <c r="V44" s="5">
+      <c r="W44" s="5">
         <v>510</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>548</v>
       </c>
-      <c r="X44" s="5">
+      <c r="Y44" s="5">
         <v>535</v>
       </c>
-      <c r="Y44" s="5">
+      <c r="Z44" s="5">
         <v>569</v>
       </c>
-      <c r="Z44" s="5">
+      <c r="AA44" s="5">
         <v>533</v>
       </c>
-      <c r="AA44" s="5">
+      <c r="AB44" s="5">
         <v>520</v>
       </c>
-      <c r="AB44" s="5">
+      <c r="AC44" s="5">
         <v>562</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>423</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>410</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="5">
         <v>120</v>
       </c>
       <c r="D45" s="5">
         <v>120</v>
       </c>
       <c r="E45" s="5">
         <v>120</v>
       </c>
       <c r="F45" s="5">
         <v>120</v>
       </c>
       <c r="G45" s="5">
         <v>120</v>
       </c>
       <c r="H45" s="5">
         <v>120</v>
       </c>
       <c r="I45" s="5">
@@ -3806,52 +3809,52 @@
       </c>
       <c r="U45" s="5">
         <v>120</v>
       </c>
       <c r="V45" s="5">
         <v>120</v>
       </c>
       <c r="W45" s="5">
         <v>120</v>
       </c>
       <c r="X45" s="5">
         <v>120</v>
       </c>
       <c r="Y45" s="5">
         <v>120</v>
       </c>
       <c r="Z45" s="5">
         <v>120</v>
       </c>
       <c r="AA45" s="5">
         <v>120</v>
       </c>
       <c r="AB45" s="5">
         <v>120</v>
       </c>
-      <c r="AC45" s="7">
-        <v>100</v>
+      <c r="AC45" s="5">
+        <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>