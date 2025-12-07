--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Výsledky hráčů družstva TJ Valašské Meziříčí C na kuželně TJ Valašské Meziříčí</t>
   </si>
   <si>
     <t>Miloš Jandík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Jandík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>8.12.2022</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>29.2.2020</t>
@@ -176,53 +179,50 @@
   <si>
     <t>11.1.2020</t>
   </si>
   <si>
     <t>7.12.2019</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>21.9.2019</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
-    <t>30.3.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Petr Cahlík</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>Miroslav Volek</t>
@@ -258,53 +258,50 @@
     <t>Jiří Hrabovský</t>
   </si>
   <si>
     <t>Jakub Vrubl</t>
   </si>
   <si>
     <t>26.2.2023</t>
   </si>
   <si>
     <t>12.2.2023</t>
   </si>
   <si>
     <t>20.11.2022</t>
   </si>
   <si>
     <t>13.11.2022</t>
   </si>
   <si>
     <t>16.10.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.11.2021</t>
   </si>
   <si>
     <t>Jindřich Cahlík</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>20.9.2021</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>16.3.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
@@ -1076,233 +1073,233 @@
       </c>
       <c r="AB5" s="5">
         <v>120</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="F7" s="7" t="s">
+      <c r="G7" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="G7" s="7" t="s">
+      <c r="H7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="I7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="J7" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="N7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="O7" s="7" t="s">
+      <c r="P7" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="P7" s="7" t="s">
+      <c r="Q7" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="U7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="V7" s="7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>383</v>
+      </c>
+      <c r="D8" s="4">
         <v>415</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>442</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>452</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>464</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>442</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>432</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>393</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>448</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>464</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>420</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>377</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>410</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>409</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>440</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>402</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>443</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>406</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>421</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>410</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>409</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>420</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>411</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>443</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>437</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>425</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>417</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>430</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>470</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
@@ -1364,271 +1361,271 @@
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D11" s="7" t="s">
+      <c r="E11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="F11" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="F11" s="7" t="s">
+      <c r="G11" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="G11" s="7" t="s">
+      <c r="H11" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="7" t="s">
+      <c r="I11" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="I11" s="7" t="s">
+      <c r="J11" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="J11" s="7" t="s">
+      <c r="K11" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="K11" s="7" t="s">
+      <c r="L11" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="L11" s="7" t="s">
+      <c r="M11" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="M11" s="7" t="s">
+      <c r="N11" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="7" t="s">
+      <c r="O11" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O11" s="7" t="s">
+      <c r="P11" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="P11" s="7" t="s">
+      <c r="Q11" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="Q11" s="7" t="s">
+      <c r="R11" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="R11" s="7" t="s">
+      <c r="S11" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="S11" s="7" t="s">
+      <c r="T11" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="T11" s="7" t="s">
+      <c r="U11" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="U11" s="7" t="s">
+      <c r="V11" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="V11" s="7" t="s">
+      <c r="W11" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="W11" s="7" t="s">
+      <c r="X11" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="X11" s="7" t="s">
+      <c r="Y11" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Y11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z11" s="7" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AA11" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB11" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AB11" s="7" t="s">
+      <c r="AC11" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AC11" s="7" t="s">
+      <c r="AD11" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AD11" s="7" t="s">
+      <c r="AE11" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="AE11" s="7" t="s">
+      <c r="AF11" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>418</v>
+      </c>
+      <c r="D12" s="4">
         <v>448</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>490</v>
       </c>
-      <c r="E12" s="5">
+      <c r="F12" s="5">
         <v>570</v>
       </c>
-      <c r="F12" s="5">
+      <c r="G12" s="5">
         <v>580</v>
       </c>
-      <c r="G12" s="5">
+      <c r="H12" s="5">
         <v>548</v>
       </c>
-      <c r="H12" s="5">
+      <c r="I12" s="5">
         <v>585</v>
       </c>
-      <c r="I12" s="5">
+      <c r="J12" s="5">
         <v>590</v>
       </c>
-      <c r="J12" s="5">
+      <c r="K12" s="5">
         <v>585</v>
       </c>
-      <c r="K12" s="5">
+      <c r="L12" s="5">
         <v>637</v>
       </c>
-      <c r="L12" s="5">
+      <c r="M12" s="5">
         <v>587</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>448</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>454</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>466</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>437</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>426</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>436</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>457</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>445</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>437</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>459</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>478</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>464</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>462</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>424</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>415</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>458</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>466</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>443</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>100</v>
       </c>
-      <c r="E13" s="5">
-        <v>120</v>
+      <c r="E13" s="7">
+        <v>100</v>
       </c>
       <c r="F13" s="5">
         <v>120</v>
       </c>
       <c r="G13" s="5">
         <v>120</v>
       </c>
       <c r="H13" s="5">
         <v>120</v>
       </c>
       <c r="I13" s="5">
         <v>120</v>
       </c>
       <c r="J13" s="5">
         <v>120</v>
       </c>
       <c r="K13" s="5">
         <v>120</v>
       </c>
       <c r="L13" s="5">
         <v>120</v>
       </c>
-      <c r="M13" s="7">
-        <v>100</v>
+      <c r="M13" s="5">
+        <v>120</v>
       </c>
       <c r="N13" s="7">
         <v>100</v>
       </c>
       <c r="O13" s="7">
         <v>100</v>
       </c>
       <c r="P13" s="7">
         <v>100</v>
       </c>
       <c r="Q13" s="7">
         <v>100</v>
       </c>
       <c r="R13" s="7">
         <v>100</v>
       </c>
       <c r="S13" s="7">
         <v>100</v>
       </c>
       <c r="T13" s="7">
         <v>100</v>
       </c>
       <c r="U13" s="7">
         <v>100</v>
       </c>
@@ -1715,75 +1712,75 @@
       <c r="P15" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>59</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>60</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>61</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>18</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>494</v>
       </c>
       <c r="D16" s="5">
         <v>577</v>
       </c>
       <c r="E16" s="4">
         <v>415</v>
       </c>
       <c r="F16" s="5">
         <v>549</v>
       </c>
       <c r="G16" s="5">
         <v>588</v>
       </c>
       <c r="H16" s="5">
         <v>557</v>
       </c>
       <c r="I16" s="5">
@@ -1940,280 +1937,280 @@
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D19" s="7" t="s">
+      <c r="E19" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="F19" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="F19" s="7" t="s">
+      <c r="G19" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="G19" s="7" t="s">
+      <c r="H19" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Y19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z19" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>448</v>
+      </c>
+      <c r="D20" s="4">
         <v>465</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>489</v>
       </c>
-      <c r="E20" s="5">
+      <c r="F20" s="5">
         <v>562</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>563</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>574</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>524</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>531</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>624</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>572</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>579</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>554</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>564</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>553</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>453</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>444</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>468</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>456</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>458</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>433</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>473</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>440</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>463</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>429</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>449</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>447</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>455</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>468</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>422</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
-      <c r="E21" s="5">
-        <v>120</v>
+      <c r="E21" s="7">
+        <v>100</v>
       </c>
       <c r="F21" s="5">
         <v>120</v>
       </c>
       <c r="G21" s="5">
         <v>120</v>
       </c>
       <c r="H21" s="5">
         <v>120</v>
       </c>
       <c r="I21" s="5">
         <v>120</v>
       </c>
       <c r="J21" s="5">
         <v>120</v>
       </c>
       <c r="K21" s="5">
         <v>120</v>
       </c>
       <c r="L21" s="5">
         <v>120</v>
       </c>
       <c r="M21" s="5">
         <v>120</v>
       </c>
       <c r="N21" s="5">
         <v>120</v>
       </c>
       <c r="O21" s="5">
         <v>120</v>
       </c>
-      <c r="P21" s="7">
-        <v>100</v>
+      <c r="P21" s="5">
+        <v>120</v>
       </c>
       <c r="Q21" s="7">
         <v>100</v>
       </c>
       <c r="R21" s="7">
         <v>100</v>
       </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
         <v>100</v>
       </c>
       <c r="W21" s="7">
         <v>100</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
@@ -2276,84 +2273,84 @@
       <c r="K23" s="7" t="s">
         <v>7</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>60</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>15</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>19</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>20</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>438</v>
       </c>
       <c r="D24" s="4">
         <v>473</v>
       </c>
       <c r="E24" s="5">
         <v>577</v>
       </c>
       <c r="F24" s="5">
         <v>552</v>
       </c>
       <c r="G24" s="5">
@@ -2516,496 +2513,502 @@
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="G27" s="7" t="s">
+      <c r="H27" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="V27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W27" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="X27" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>419</v>
+      </c>
+      <c r="D28" s="4">
         <v>448</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>490</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>507</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>570</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>564</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>589</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>600</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>572</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>554</v>
       </c>
-      <c r="L28" s="5">
+      <c r="M28" s="5">
         <v>545</v>
       </c>
-      <c r="M28" s="5">
+      <c r="N28" s="5">
         <v>513</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>517</v>
       </c>
-      <c r="O28" s="5">
+      <c r="P28" s="5">
         <v>532</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>553</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>478</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>454</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>439</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>466</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>425</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>485</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>419</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>435</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>517</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>541</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>517</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>530</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>508</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>395</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
-      <c r="E29" s="5">
-        <v>120</v>
+      <c r="E29" s="7">
+        <v>100</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
       <c r="I29" s="5">
         <v>120</v>
       </c>
       <c r="J29" s="5">
         <v>120</v>
       </c>
       <c r="K29" s="5">
         <v>120</v>
       </c>
       <c r="L29" s="5">
         <v>120</v>
       </c>
       <c r="M29" s="5">
         <v>120</v>
       </c>
       <c r="N29" s="5">
         <v>120</v>
       </c>
       <c r="O29" s="5">
         <v>120</v>
       </c>
       <c r="P29" s="5">
         <v>120</v>
       </c>
-      <c r="Q29" s="7">
-        <v>100</v>
+      <c r="Q29" s="5">
+        <v>120</v>
       </c>
       <c r="R29" s="7">
         <v>100</v>
       </c>
       <c r="S29" s="7">
         <v>100</v>
       </c>
       <c r="T29" s="7">
         <v>100</v>
       </c>
       <c r="U29" s="7">
         <v>100</v>
       </c>
       <c r="V29" s="7">
         <v>100</v>
       </c>
       <c r="W29" s="7">
         <v>100</v>
       </c>
       <c r="X29" s="7">
         <v>100</v>
       </c>
-      <c r="Y29" s="5">
-        <v>120</v>
+      <c r="Y29" s="7">
+        <v>100</v>
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="5">
         <v>120</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
-      <c r="AD29" s="7">
-        <v>100</v>
+      <c r="AD29" s="5">
+        <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="E31" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F31" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="F31" s="7" t="s">
+      <c r="G31" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>42</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>43</v>
       </c>
       <c r="K31" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L31" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="M31" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="5">
+      <c r="C32" s="4">
+        <v>460</v>
+      </c>
+      <c r="D32" s="5">
         <v>529</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>434</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>446</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>460</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>475</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>440</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>455</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>433</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>388</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>442</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>428</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>440</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>413</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>452</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>436</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>454</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>452</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="V32" s="4">
         <v>462</v>
       </c>
       <c r="W32" s="4">
+        <v>462</v>
+      </c>
+      <c r="X32" s="4">
         <v>440</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>468</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>417</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>424</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C33" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="C33" s="7">
+        <v>100</v>
+      </c>
+      <c r="D33" s="5">
+        <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
@@ -3027,56 +3030,59 @@
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
       <c r="W33" s="7">
         <v>100</v>
       </c>
       <c r="X33" s="7">
         <v>100</v>
       </c>
       <c r="Y33" s="7">
         <v>100</v>
       </c>
       <c r="Z33" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>65</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>67</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>68</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>69</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>70</v>
       </c>
@@ -3095,81 +3101,81 @@
       <c r="N35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>71</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="Z35" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA35" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="AA35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB35" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>415</v>
       </c>
       <c r="D36" s="5">
         <v>528</v>
       </c>
       <c r="E36" s="5">
         <v>470</v>
       </c>
       <c r="F36" s="5">
         <v>558</v>
       </c>
       <c r="G36" s="5">
         <v>571</v>
       </c>
       <c r="H36" s="5">
         <v>581</v>
       </c>
       <c r="I36" s="5">
@@ -3320,289 +3326,289 @@
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D39" s="7" t="s">
+      <c r="E39" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E39" s="7" t="s">
+      <c r="F39" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="F39" s="7" t="s">
+      <c r="G39" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="G39" s="7" t="s">
+      <c r="H39" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="H39" s="7" t="s">
+      <c r="I39" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="I39" s="7" t="s">
+      <c r="J39" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="J39" s="7" t="s">
+      <c r="K39" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="K39" s="7" t="s">
+      <c r="L39" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="L39" s="7" t="s">
+      <c r="M39" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M39" s="7" t="s">
+      <c r="N39" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N39" s="7" t="s">
+      <c r="O39" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="O39" s="7" t="s">
+      <c r="P39" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="P39" s="7" t="s">
+      <c r="Q39" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="Q39" s="7" t="s">
+      <c r="R39" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="S39" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="T39" s="7" t="s">
+      <c r="U39" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="U39" s="7" t="s">
+      <c r="V39" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="V39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W39" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="X39" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="X39" s="7" t="s">
+      <c r="Y39" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Y39" s="7" t="s">
+      <c r="Z39" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="Z39" s="7" t="s">
+      <c r="AA39" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>39</v>
       </c>
       <c r="AD39" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE39" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AE39" s="7" t="s">
+      <c r="AF39" s="7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>471</v>
+      </c>
+      <c r="D40" s="4">
         <v>461</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>454</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>396</v>
       </c>
-      <c r="F40" s="5">
+      <c r="G40" s="5">
         <v>555</v>
       </c>
-      <c r="G40" s="5">
+      <c r="H40" s="5">
         <v>532</v>
       </c>
-      <c r="H40" s="5">
+      <c r="I40" s="5">
         <v>557</v>
       </c>
-      <c r="I40" s="5">
+      <c r="J40" s="5">
         <v>534</v>
       </c>
-      <c r="J40" s="5">
+      <c r="K40" s="5">
         <v>555</v>
       </c>
-      <c r="K40" s="5">
+      <c r="L40" s="5">
         <v>541</v>
       </c>
-      <c r="L40" s="5">
+      <c r="M40" s="5">
         <v>547</v>
       </c>
-      <c r="M40" s="5">
+      <c r="N40" s="5">
         <v>560</v>
       </c>
-      <c r="N40" s="5">
+      <c r="O40" s="5">
         <v>567</v>
       </c>
-      <c r="O40" s="5">
+      <c r="P40" s="5">
         <v>553</v>
       </c>
-      <c r="P40" s="5">
+      <c r="Q40" s="5">
         <v>555</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>474</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>487</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>476</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>436</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>433</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>443</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>407</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>483</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>468</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>421</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>476</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>444</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>446</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>485</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
-      <c r="F41" s="5">
-        <v>120</v>
+      <c r="F41" s="7">
+        <v>100</v>
       </c>
       <c r="G41" s="5">
         <v>120</v>
       </c>
       <c r="H41" s="5">
         <v>120</v>
       </c>
       <c r="I41" s="5">
         <v>120</v>
       </c>
       <c r="J41" s="5">
         <v>120</v>
       </c>
       <c r="K41" s="5">
         <v>120</v>
       </c>
       <c r="L41" s="5">
         <v>120</v>
       </c>
       <c r="M41" s="5">
         <v>120</v>
       </c>
       <c r="N41" s="5">
         <v>120</v>
       </c>
       <c r="O41" s="5">
         <v>120</v>
       </c>
       <c r="P41" s="5">
         <v>120</v>
       </c>
-      <c r="Q41" s="7">
-        <v>100</v>
+      <c r="Q41" s="5">
+        <v>120</v>
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>100</v>
       </c>
       <c r="W41" s="7">
         <v>100</v>
       </c>
       <c r="X41" s="7">
         <v>100</v>
       </c>
       <c r="Y41" s="7">
         <v>100</v>
       </c>