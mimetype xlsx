--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Výsledky hráčů družstva KK Konstruktiva Praha  B na kuželně KK Konstruktiva Praha</t>
   </si>
   <si>
     <t>Jan Barchánek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -110,129 +113,126 @@
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>25.1.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Antonín Doubrava</t>
+  </si>
+  <si>
+    <t>8.4.2011</t>
+  </si>
+  <si>
+    <t>26.3.2011</t>
+  </si>
+  <si>
+    <t>5.3.2011</t>
+  </si>
+  <si>
+    <t>5.2.2011</t>
+  </si>
+  <si>
+    <t>4.12.2010</t>
+  </si>
+  <si>
+    <t>13.11.2010</t>
+  </si>
+  <si>
+    <t>23.10.2010</t>
+  </si>
+  <si>
+    <t>16.10.2010</t>
+  </si>
+  <si>
+    <t>25.9.2010</t>
+  </si>
+  <si>
+    <t>Pavel Kohlíček</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>18.1.2025</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
+    <t>23.9.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
     <t>17.9.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...52 lines deleted...]
-  <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>Václav Posejpal</t>
   </si>
   <si>
     <t>2.3.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.3.2022</t>
   </si>
   <si>
     <t>Pavel Wohlmuth</t>
   </si>
   <si>
     <t>11.3.2017</t>
   </si>
   <si>
     <t>25.2.2017</t>
   </si>
   <si>
     <t>18.2.2017</t>
   </si>
   <si>
     <t>14.1.2017</t>
   </si>
   <si>
     <t>10.12.2016</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>12.11.2016</t>
   </si>
@@ -934,138 +934,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>562</v>
+      </c>
+      <c r="D4" s="4">
         <v>516</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>533</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>496</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>552</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>534</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>577</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>589</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>533</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>528</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>559</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>542</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>546</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>564</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>581</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>587</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>535</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>544</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>541</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>518</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>511</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>558</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>553</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>544</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="AB4" s="4">
         <v>546</v>
       </c>
       <c r="AC4" s="4">
+        <v>546</v>
+      </c>
+      <c r="AD4" s="4">
         <v>566</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>550</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1226,138 +1226,138 @@
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
       <c r="K9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>565</v>
       </c>
       <c r="D12" s="4">
         <v>578</v>
       </c>
       <c r="E12" s="4">
         <v>530</v>
       </c>
       <c r="F12" s="4">
         <v>580</v>
       </c>
       <c r="G12" s="4">
         <v>562</v>
       </c>
       <c r="H12" s="4">
         <v>555</v>
       </c>
       <c r="I12" s="4">
@@ -1508,239 +1508,239 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K15" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="V15" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="W15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="W15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X15" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Y15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z15" s="6" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>547</v>
+      </c>
+      <c r="D16" s="4">
         <v>568</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>557</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>530</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>551</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>541</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>514</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>589</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>565</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>540</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>536</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>555</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="P16" s="4">
         <v>547</v>
       </c>
       <c r="Q16" s="4">
+        <v>547</v>
+      </c>
+      <c r="R16" s="4">
         <v>528</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>522</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>547</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>543</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>557</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>575</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>558</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>540</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>549</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>521</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>562</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>555</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>547</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>551</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">