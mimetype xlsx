--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice C na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Ladislav Bouda</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>2.10.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
@@ -249,50 +249,53 @@
     <t>22.11.2024</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>1.3.2024</t>
   </si>
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>Karel Kunc</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>Aneta Kameníková</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
@@ -1862,227 +1865,227 @@
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>80</v>
       </c>
       <c r="E19" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="F19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="O19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P19" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AD19" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE19" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="5">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="D20" s="5">
         <v>541</v>
       </c>
       <c r="E20" s="5">
+        <v>541</v>
+      </c>
+      <c r="F20" s="5">
         <v>567</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>586</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>574</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>549</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>602</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>614</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>595</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>597</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>642</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>571</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>539</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>607</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>610</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>605</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>579</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>562</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>574</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>554</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>567</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>559</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>547</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>567</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>559</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>560</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>568</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>549</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="5">
         <v>120</v>
       </c>
       <c r="D21" s="5">
         <v>120</v>
       </c>
       <c r="E21" s="5">
         <v>120</v>
       </c>
       <c r="F21" s="5">
         <v>120</v>
       </c>
       <c r="G21" s="5">
         <v>120</v>
       </c>
       <c r="H21" s="5">
         <v>120</v>
       </c>
       <c r="I21" s="5">
@@ -2138,111 +2141,111 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="4">
         <v>436</v>
       </c>
       <c r="D24" s="4">
         <v>419</v>
       </c>
       <c r="E24" s="4">
         <v>427</v>
       </c>
       <c r="F24" s="4">
         <v>404</v>
       </c>
       <c r="G24" s="4">
         <v>410</v>
       </c>
       <c r="H24" s="4">
         <v>450</v>
       </c>
       <c r="I24" s="4">
@@ -2327,114 +2330,114 @@
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
       <c r="Q25" s="7">
         <v>100</v>
       </c>
       <c r="R25" s="5">
         <v>120</v>
       </c>
       <c r="S25" s="5">
         <v>120</v>
       </c>
       <c r="T25" s="5">
         <v>120</v>
       </c>
       <c r="U25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>45</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>46</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>47</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>48</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>52</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C28" s="5">
         <v>475</v>
       </c>
       <c r="D28" s="5">
         <v>489</v>
       </c>
       <c r="E28" s="5">
         <v>515</v>
       </c>
       <c r="F28" s="5">
         <v>533</v>
       </c>
       <c r="G28" s="4">
         <v>397</v>
       </c>
       <c r="H28" s="4">
         <v>419</v>
       </c>
       <c r="I28" s="4">
@@ -2525,126 +2528,126 @@
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
       <c r="Q29" s="7">
         <v>100</v>
       </c>
       <c r="R29" s="7">
         <v>100</v>
       </c>
       <c r="S29" s="7">
         <v>100</v>
       </c>
       <c r="T29" s="7">
         <v>100</v>
       </c>
       <c r="U29" s="7">
         <v>100</v>
       </c>
       <c r="V29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>32</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>68</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>69</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>70</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>73</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="4">
@@ -2813,144 +2816,144 @@
       </c>
       <c r="Z33" s="5">
         <v>120</v>
       </c>
       <c r="AA33" s="5">
         <v>120</v>
       </c>
       <c r="AB33" s="5">
         <v>120</v>
       </c>
       <c r="AC33" s="5">
         <v>120</v>
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
       <c r="AE33" s="5">
         <v>120</v>
       </c>
       <c r="AF33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C36" s="5">
         <v>646</v>
       </c>
       <c r="D36" s="5">
         <v>636</v>
       </c>
       <c r="E36" s="5">
         <v>626</v>
       </c>
       <c r="F36" s="5">
         <v>629</v>
       </c>
       <c r="G36" s="5">
         <v>612</v>
       </c>
       <c r="H36" s="5">
         <v>578</v>
       </c>
       <c r="I36" s="5">
@@ -3101,114 +3104,114 @@
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
       <c r="AB37" s="5">
         <v>120</v>
       </c>
       <c r="AC37" s="5">
         <v>120</v>
       </c>
       <c r="AD37" s="5">
         <v>120</v>
       </c>
       <c r="AE37" s="5">
         <v>120</v>
       </c>
       <c r="AF37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>48</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>49</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>52</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>57</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C40" s="4">
         <v>427</v>
       </c>
       <c r="D40" s="5">
         <v>492</v>
       </c>
       <c r="E40" s="5">
         <v>522</v>
       </c>
       <c r="F40" s="5">
         <v>524</v>
       </c>
       <c r="G40" s="5">
         <v>550</v>
       </c>
       <c r="H40" s="5">
         <v>513</v>
       </c>
       <c r="I40" s="5">
@@ -3299,78 +3302,78 @@
       </c>
       <c r="P41" s="5">
         <v>120</v>
       </c>
       <c r="Q41" s="7">
         <v>100</v>
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="5">
         <v>120</v>
       </c>
       <c r="U41" s="5">
         <v>120</v>
       </c>
       <c r="V41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>49</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C44" s="4">
         <v>410</v>
       </c>
       <c r="D44" s="4">
         <v>399</v>
       </c>
       <c r="E44" s="5">
         <v>492</v>
       </c>
       <c r="F44" s="5">
         <v>540</v>
       </c>
       <c r="G44" s="5">