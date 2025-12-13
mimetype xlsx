--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -308,84 +308,84 @@
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>5.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>15.10.2023</t>
   </si>
   <si>
     <t>1.10.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>Iveta Kabelková</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>21.2.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.2.2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2906,250 +2906,250 @@
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>98</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>100</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>101</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>102</v>
       </c>
       <c r="H35" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="I35" s="7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>104</v>
       </c>
       <c r="K35" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="L35" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>106</v>
       </c>
       <c r="W35" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="X35" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Z35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="AB35" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="4">
+        <v>474</v>
+      </c>
+      <c r="D36" s="4">
         <v>412</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>439</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>486</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>406</v>
       </c>
-      <c r="G36" s="5">
+      <c r="H36" s="5">
         <v>572</v>
       </c>
-      <c r="H36" s="5">
+      <c r="I36" s="5">
         <v>549</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>415</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>470</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>549</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>598</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>535</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="P36" s="5">
         <v>555</v>
       </c>
       <c r="Q36" s="5">
+        <v>555</v>
+      </c>
+      <c r="R36" s="5">
         <v>552</v>
       </c>
-      <c r="R36" s="5">
+      <c r="S36" s="5">
         <v>539</v>
       </c>
-      <c r="S36" s="5">
+      <c r="T36" s="5">
         <v>535</v>
       </c>
-      <c r="T36" s="5">
+      <c r="U36" s="5">
         <v>521</v>
       </c>
-      <c r="U36" s="5">
+      <c r="V36" s="5">
         <v>563</v>
       </c>
-      <c r="V36" s="5">
+      <c r="W36" s="5">
         <v>526</v>
       </c>
-      <c r="W36" s="5">
+      <c r="X36" s="5">
         <v>501</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>492</v>
       </c>
-      <c r="Y36" s="5">
+      <c r="Z36" s="5">
         <v>538</v>
       </c>
-      <c r="Z36" s="5">
+      <c r="AA36" s="5">
         <v>528</v>
       </c>
-      <c r="AA36" s="5">
+      <c r="AB36" s="5">
         <v>520</v>
       </c>
-      <c r="AB36" s="5">
+      <c r="AC36" s="5">
         <v>602</v>
       </c>
-      <c r="AC36" s="5">
+      <c r="AD36" s="5">
         <v>495</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>447</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
-      <c r="G37" s="5">
-        <v>120</v>
+      <c r="G37" s="7">
+        <v>100</v>
       </c>
       <c r="H37" s="5">
         <v>120</v>
       </c>
-      <c r="I37" s="7">
-        <v>100</v>
+      <c r="I37" s="5">
+        <v>120</v>
       </c>
       <c r="J37" s="7">
         <v>100</v>
       </c>
-      <c r="K37" s="5">
-        <v>120</v>
+      <c r="K37" s="7">
+        <v>100</v>
       </c>
       <c r="L37" s="5">
         <v>120</v>
       </c>
       <c r="M37" s="5">
         <v>120</v>
       </c>
       <c r="N37" s="5">
         <v>120</v>
       </c>
       <c r="O37" s="5">
         <v>120</v>
       </c>
       <c r="P37" s="5">
         <v>120</v>
       </c>
       <c r="Q37" s="5">
         <v>120</v>
       </c>
       <c r="R37" s="5">
         <v>120</v>
       </c>
       <c r="S37" s="5">
         <v>120</v>
       </c>
@@ -3161,52 +3161,52 @@
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
       <c r="W37" s="5">
         <v>120</v>
       </c>
       <c r="X37" s="5">
         <v>120</v>
       </c>
       <c r="Y37" s="5">
         <v>120</v>
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
       <c r="AB37" s="5">
         <v>120</v>
       </c>
       <c r="AC37" s="5">
         <v>120</v>
       </c>
-      <c r="AD37" s="7">
-        <v>100</v>
+      <c r="AD37" s="5">
+        <v>120</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>