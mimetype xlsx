--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice D na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Jindra Kovářová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
@@ -549,50 +549,53 @@
     <t>2.10.2022</t>
   </si>
   <si>
     <t>Jan Kubeš</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>Vítězslav Stuchlík</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>Miroslav Jedlička</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>Aleš Macků</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -988,51 +991,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="O53" sqref="O53"/>
+      <selection activeCell="P53" sqref="P53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
@@ -4097,174 +4100,183 @@
       </c>
       <c r="H49" s="7">
         <v>100</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>100</v>
       </c>
       <c r="K49" s="7">
         <v>100</v>
       </c>
       <c r="L49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="D51" s="7" t="s">
+      <c r="E51" s="7" t="s">
         <v>148</v>
       </c>
-      <c r="E51" s="7" t="s">
+      <c r="F51" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="F51" s="7" t="s">
+      <c r="G51" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="G51" s="7" t="s">
+      <c r="H51" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="H51" s="7" t="s">
+      <c r="I51" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="I51" s="7" t="s">
+      <c r="J51" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="J51" s="7" t="s">
+      <c r="K51" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="K51" s="7" t="s">
+      <c r="L51" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="L51" s="7" t="s">
+      <c r="M51" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="M51" s="7" t="s">
+      <c r="N51" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="N51" s="7" t="s">
+      <c r="O51" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="O51" s="7" t="s">
+      <c r="P51" s="7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="5">
+        <v>585</v>
+      </c>
+      <c r="D52" s="5">
         <v>567</v>
       </c>
-      <c r="D52" s="5">
+      <c r="E52" s="5">
         <v>555</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>507</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>515</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>471</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>485</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>447</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>475</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>459</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>457</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>451</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>486</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>476</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="5">
         <v>120</v>
       </c>
       <c r="D53" s="5">
         <v>120</v>
       </c>
-      <c r="E53" s="7">
-        <v>100</v>
+      <c r="E53" s="5">
+        <v>120</v>
       </c>
       <c r="F53" s="7">
         <v>100</v>
       </c>
       <c r="G53" s="7">
         <v>100</v>
       </c>
       <c r="H53" s="7">
         <v>100</v>
       </c>
       <c r="I53" s="7">
         <v>100</v>
       </c>
       <c r="J53" s="7">
         <v>100</v>
       </c>
       <c r="K53" s="7">
         <v>100</v>
       </c>
       <c r="L53" s="7">
         <v>100</v>
       </c>
       <c r="M53" s="7">
         <v>100</v>
       </c>
       <c r="N53" s="7">
         <v>100</v>
       </c>
       <c r="O53" s="7">
+        <v>100</v>
+      </c>
+      <c r="P53" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>