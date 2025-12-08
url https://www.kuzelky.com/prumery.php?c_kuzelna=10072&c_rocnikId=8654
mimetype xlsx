--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice E na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Miloš Křížek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
@@ -110,53 +113,50 @@
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>2.10.2020</t>
   </si>
   <si>
     <t>18.9.2020</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>6.12.2019</t>
   </si>
   <si>
-    <t>29.11.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Malínek</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>2.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>24.2.2025</t>
@@ -230,74 +230,68 @@
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>Daniel Kovář</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>5.9.2020</t>
   </si>
   <si>
-    <t>9.2.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Miroslav Kolář</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
-    <t>1.11.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Pavlína Karešová</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
@@ -462,53 +456,50 @@
     <t>23.2.2023</t>
   </si>
   <si>
     <t>12.2.2023</t>
   </si>
   <si>
     <t>19.1.2023</t>
   </si>
   <si>
     <t>6.11.2022</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>16.10.2022</t>
   </si>
   <si>
     <t>6.10.2022</t>
   </si>
   <si>
     <t>2.10.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.11.2021</t>
   </si>
   <si>
     <t>Zuzana Klivanová</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>Iveta Kabelková</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>16.3.2025</t>
   </si>
@@ -976,51 +967,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="T45" sqref="T45"/>
+      <selection activeCell="U45" sqref="U45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1093,138 +1084,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>484</v>
+      </c>
+      <c r="D4" s="4">
         <v>456</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>448</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>435</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>439</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>503</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>448</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>449</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>468</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>484</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>452</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>482</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>463</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>494</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>502</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>487</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>431</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>440</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>443</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>461</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>440</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>434</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>452</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>464</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>457</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>461</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>470</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>429</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>436</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1598,690 +1589,690 @@
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="L11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M11" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="N11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O11" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="P11" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="W11" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>499</v>
+      </c>
+      <c r="D12" s="4">
         <v>496</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>475</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>494</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>516</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>504</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>490</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>476</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>508</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>602</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>498</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>594</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>512</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>602</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>450</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>506</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>474</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>497</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>486</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>511</v>
       </c>
-      <c r="V12" s="7">
+      <c r="W12" s="7">
         <v>597</v>
       </c>
-      <c r="W12" s="7">
+      <c r="X12" s="7">
         <v>618</v>
       </c>
-      <c r="X12" s="7">
+      <c r="Y12" s="7">
         <v>600</v>
       </c>
-      <c r="Y12" s="7">
+      <c r="Z12" s="7">
         <v>578</v>
       </c>
-      <c r="Z12" s="7">
+      <c r="AA12" s="7">
         <v>584</v>
       </c>
-      <c r="AA12" s="7">
+      <c r="AB12" s="7">
         <v>521</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AC12" s="7">
         <v>586</v>
       </c>
-      <c r="AC12" s="7">
+      <c r="AD12" s="7">
         <v>531</v>
       </c>
-      <c r="AD12" s="7">
+      <c r="AE12" s="7">
         <v>611</v>
       </c>
-      <c r="AE12" s="7">
+      <c r="AF12" s="7">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
-      <c r="K13" s="7">
-[...15 lines deleted...]
-        <v>100</v>
+      <c r="K13" s="6">
+        <v>100</v>
+      </c>
+      <c r="L13" s="7">
+        <v>120</v>
+      </c>
+      <c r="M13" s="6">
+        <v>100</v>
+      </c>
+      <c r="N13" s="7">
+        <v>120</v>
+      </c>
+      <c r="O13" s="6">
+        <v>100</v>
+      </c>
+      <c r="P13" s="7">
+        <v>120</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
       <c r="R13" s="6">
         <v>100</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
-      <c r="V13" s="7">
-        <v>120</v>
+      <c r="V13" s="6">
+        <v>100</v>
       </c>
       <c r="W13" s="7">
         <v>120</v>
       </c>
       <c r="X13" s="7">
         <v>120</v>
       </c>
       <c r="Y13" s="7">
         <v>120</v>
       </c>
       <c r="Z13" s="7">
         <v>120</v>
       </c>
       <c r="AA13" s="7">
         <v>120</v>
       </c>
       <c r="AB13" s="7">
         <v>120</v>
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R15" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="S15" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>79</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>539</v>
+      </c>
+      <c r="D16" s="4">
         <v>505</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>459</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>523</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>500</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>543</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>584</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>484</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>486</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>492</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>495</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>497</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>454</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>502</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>513</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>550</v>
       </c>
-      <c r="R16" s="7">
+      <c r="S16" s="7">
         <v>551</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>471</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>454</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>467</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>483</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>473</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>533</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>491</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>483</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>500</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>463</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>484</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>506</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
-      <c r="H17" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H17" s="6">
+        <v>100</v>
+      </c>
+      <c r="I17" s="7">
+        <v>120</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
-      <c r="Q17" s="7">
-        <v>120</v>
+      <c r="Q17" s="6">
+        <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>120</v>
       </c>
-      <c r="S17" s="6">
-        <v>100</v>
+      <c r="S17" s="7">
+        <v>120</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
-      <c r="X17" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="X17" s="6">
+        <v>100</v>
+      </c>
+      <c r="Y17" s="7">
+        <v>120</v>
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="J19" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="J19" s="6" t="s">
-[...5 lines deleted...]
-      <c r="L19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="S19" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="T19" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="S19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="Y19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF19" s="6" t="s">
         <v>103</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
         <v>586</v>
       </c>
       <c r="D20" s="7">
         <v>571</v>
       </c>
       <c r="E20" s="7">
         <v>557</v>
       </c>
       <c r="F20" s="7">
         <v>589</v>
       </c>
       <c r="G20" s="7">
         <v>559</v>
       </c>
       <c r="H20" s="7">
         <v>592</v>
       </c>
       <c r="I20" s="7">
@@ -2432,51 +2423,51 @@
       </c>
       <c r="Z21" s="7">
         <v>120</v>
       </c>
       <c r="AA21" s="7">
         <v>120</v>
       </c>
       <c r="AB21" s="7">
         <v>120</v>
       </c>
       <c r="AC21" s="7">
         <v>120</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>9</v>
       </c>
@@ -2486,185 +2477,185 @@
       <c r="K23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="T23" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="U23" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="V23" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="U23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="V23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="Z23" s="6" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>20</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>22</v>
+        <v>110</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>479</v>
       </c>
       <c r="D24" s="4">
+        <v>479</v>
+      </c>
+      <c r="E24" s="4">
         <v>482</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>481</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>443</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>432</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>506</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>457</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>458</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>472</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>460</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>462</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>473</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>501</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>475</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>479</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>429</v>
       </c>
-      <c r="S24" s="7">
+      <c r="T24" s="7">
         <v>568</v>
       </c>
-      <c r="T24" s="7">
+      <c r="U24" s="7">
         <v>519</v>
       </c>
-      <c r="U24" s="7">
+      <c r="V24" s="7">
         <v>551</v>
       </c>
-      <c r="V24" s="7">
+      <c r="W24" s="7">
         <v>560</v>
       </c>
-      <c r="W24" s="7">
+      <c r="X24" s="7">
         <v>571</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>411</v>
       </c>
-      <c r="Y24" s="7">
+      <c r="Z24" s="7">
         <v>570</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>455</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>480</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>467</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>431</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>430</v>
       </c>
-      <c r="AE24" s="7">
+      <c r="AF24" s="7">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2675,165 +2666,165 @@
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
-      <c r="S25" s="7">
-        <v>120</v>
+      <c r="S25" s="6">
+        <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>120</v>
       </c>
       <c r="U25" s="7">
         <v>120</v>
       </c>
       <c r="V25" s="7">
         <v>120</v>
       </c>
       <c r="W25" s="7">
         <v>120</v>
       </c>
-      <c r="X25" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="X25" s="7">
+        <v>120</v>
+      </c>
+      <c r="Y25" s="6">
+        <v>100</v>
+      </c>
+      <c r="Z25" s="7">
+        <v>120</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
-      <c r="AE25" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF25" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="D27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="J27" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="N27" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="I27" s="6" t="s">
-[...14 lines deleted...]
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="O27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>479</v>
       </c>
       <c r="D28" s="4">
         <v>481</v>
       </c>
       <c r="E28" s="4">
         <v>457</v>
       </c>
       <c r="F28" s="4">
         <v>491</v>
       </c>
       <c r="G28" s="4">
         <v>456</v>
       </c>
       <c r="H28" s="4">
         <v>458</v>
       </c>
       <c r="I28" s="4">
@@ -2936,372 +2927,372 @@
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="7">
         <v>120</v>
       </c>
       <c r="W29" s="7">
         <v>120</v>
       </c>
       <c r="X29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>132</v>
+        <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>3</v>
+        <v>131</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>134</v>
+        <v>6</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>6</v>
+        <v>132</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="R31" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="S31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="T31" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="U31" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="R31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="7">
+      <c r="C32" s="4">
+        <v>494</v>
+      </c>
+      <c r="D32" s="7">
         <v>550</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>541</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>427</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>449</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>488</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>569</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>473</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>480</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>446</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>528</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>468</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>475</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>441</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>427</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>552</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>441</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>516</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>541</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>535</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>496</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>388</v>
       </c>
-      <c r="X32" s="7">
+      <c r="Y32" s="7">
         <v>488</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>414</v>
       </c>
-      <c r="Z32" s="7">
+      <c r="AA32" s="7">
         <v>529</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>408</v>
       </c>
-      <c r="AB32" s="7">
+      <c r="AC32" s="7">
         <v>500</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>422</v>
       </c>
-      <c r="AD32" s="7">
+      <c r="AE32" s="7">
         <v>465</v>
       </c>
-      <c r="AE32" s="7">
+      <c r="AF32" s="7">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C33" s="7">
-        <v>120</v>
+      <c r="C33" s="6">
+        <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
-      <c r="E33" s="6">
-        <v>100</v>
+      <c r="E33" s="7">
+        <v>120</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
-      <c r="H33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H33" s="6">
+        <v>100</v>
+      </c>
+      <c r="I33" s="7">
+        <v>120</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
-      <c r="L33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="L33" s="6">
+        <v>100</v>
+      </c>
+      <c r="M33" s="7">
+        <v>120</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
-      <c r="Q33" s="7">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="Q33" s="6">
+        <v>100</v>
+      </c>
+      <c r="R33" s="7">
+        <v>120</v>
+      </c>
+      <c r="S33" s="6">
+        <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>120</v>
       </c>
       <c r="U33" s="7">
         <v>120</v>
       </c>
       <c r="V33" s="7">
         <v>120</v>
       </c>
-      <c r="W33" s="6">
-[...21 lines deleted...]
-        <v>120</v>
+      <c r="W33" s="7">
+        <v>120</v>
+      </c>
+      <c r="X33" s="6">
+        <v>100</v>
+      </c>
+      <c r="Y33" s="7">
+        <v>120</v>
+      </c>
+      <c r="Z33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA33" s="7">
+        <v>120</v>
+      </c>
+      <c r="AB33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC33" s="7">
+        <v>120</v>
+      </c>
+      <c r="AD33" s="6">
+        <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...5 lines deleted...]
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="L35" s="6" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>410</v>
       </c>
       <c r="D36" s="4">
         <v>399</v>
       </c>
       <c r="E36" s="7">
         <v>492</v>
       </c>
       <c r="F36" s="7">
         <v>540</v>
       </c>
       <c r="G36" s="7">
         <v>511</v>
       </c>
       <c r="H36" s="7">
         <v>476</v>
       </c>
       <c r="I36" s="7">
@@ -3332,144 +3323,144 @@
       </c>
       <c r="F37" s="7">
         <v>120</v>
       </c>
       <c r="G37" s="7">
         <v>120</v>
       </c>
       <c r="H37" s="7">
         <v>120</v>
       </c>
       <c r="I37" s="7">
         <v>120</v>
       </c>
       <c r="J37" s="7">
         <v>120</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G39" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="I39" s="6" t="s">
-[...5 lines deleted...]
-      <c r="K39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="S39" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="T39" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="U39" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="W39" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="X39" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="Y39" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="Z39" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA39" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB39" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="S39" s="6" t="s">
-[...5 lines deleted...]
-      <c r="U39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="V39" s="6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AD39" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>412</v>
       </c>
       <c r="D40" s="4">
         <v>439</v>
       </c>
       <c r="E40" s="4">
         <v>486</v>
       </c>
       <c r="F40" s="4">
         <v>406</v>
       </c>
       <c r="G40" s="7">
         <v>572</v>
       </c>
       <c r="H40" s="7">
         <v>549</v>
       </c>
       <c r="I40" s="4">
@@ -3620,225 +3611,234 @@
       </c>
       <c r="Z41" s="7">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="F43" s="6" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>173</v>
+        <v>136</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>142</v>
+        <v>171</v>
       </c>
       <c r="R43" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="S43" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="T43" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="U43" s="6" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C44" s="7">
+      <c r="C44" s="4">
+        <v>471</v>
+      </c>
+      <c r="D44" s="7">
         <v>609</v>
       </c>
-      <c r="D44" s="7">
+      <c r="E44" s="7">
         <v>510</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>549</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>424</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>468</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>457</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>476</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>439</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>511</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>400</v>
       </c>
-      <c r="M44" s="7">
+      <c r="N44" s="7">
         <v>499</v>
       </c>
-      <c r="N44" s="7">
+      <c r="O44" s="7">
         <v>491</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>473</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>386</v>
       </c>
-      <c r="Q44" s="7">
+      <c r="R44" s="7">
         <v>515</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>419</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>389</v>
       </c>
-      <c r="T44" s="7">
+      <c r="U44" s="7">
         <v>445</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C45" s="7">
-        <v>120</v>
+      <c r="C45" s="6">
+        <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>120</v>
       </c>
       <c r="E45" s="7">
         <v>120</v>
       </c>
-      <c r="F45" s="6">
-        <v>100</v>
+      <c r="F45" s="7">
+        <v>120</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
         <v>100</v>
       </c>
       <c r="J45" s="6">
         <v>100</v>
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
-      <c r="M45" s="7">
-        <v>120</v>
+      <c r="M45" s="6">
+        <v>100</v>
       </c>
       <c r="N45" s="7">
         <v>120</v>
       </c>
       <c r="O45" s="7">
         <v>120</v>
       </c>
-      <c r="P45" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="P45" s="7">
+        <v>120</v>
+      </c>
+      <c r="Q45" s="6">
+        <v>100</v>
+      </c>
+      <c r="R45" s="7">
+        <v>120</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
-      <c r="T45" s="7">
+      <c r="T45" s="6">
+        <v>100</v>
+      </c>
+      <c r="U45" s="7">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>