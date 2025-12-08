--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Výsledky hráčů družstva TJ Centropen Dačice na kuželně TJ Centropen Dačice</t>
   </si>
   <si>
     <t>Jiří Malínek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>2.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Daniel Kovář</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
@@ -185,207 +188,207 @@
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>5.9.2020</t>
   </si>
   <si>
+    <t>Karel Novák</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>22.11.2025</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>27.9.2025</t>
+  </si>
+  <si>
+    <t>12.4.2025</t>
+  </si>
+  <si>
+    <t>2.11.2024</t>
+  </si>
+  <si>
+    <t>26.10.2024</t>
+  </si>
+  <si>
+    <t>21.9.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>17.2.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
+    <t>21.10.2023</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>15.4.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>11.3.2023</t>
+  </si>
+  <si>
+    <t>18.2.2023</t>
+  </si>
+  <si>
+    <t>4.2.2023</t>
+  </si>
+  <si>
+    <t>19.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>22.1.2022</t>
+  </si>
+  <si>
+    <t>27.11.2021</t>
+  </si>
+  <si>
+    <t>Pavel Kabelka</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>26.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>14.2.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>25.11.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>3.12.2022</t>
+  </si>
+  <si>
+    <t>26.11.2022</t>
+  </si>
+  <si>
+    <t>12.11.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>24.9.2022</t>
+  </si>
+  <si>
+    <t>9.4.2022</t>
+  </si>
+  <si>
+    <t>Petr Žahourek</t>
+  </si>
+  <si>
+    <t>7.4.2022</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
     <t>9.2.2019</t>
-  </si>
-[...154 lines deleted...]
-    <t>7.3.2020</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>7.4.2018</t>
   </si>
   <si>
     <t>10.3.2018</t>
   </si>
   <si>
     <t>24.2.2018</t>
   </si>
   <si>
     <t>20.1.2018</t>
   </si>
   <si>
     <t>Zdeněk Pospíchal</t>
   </si>
@@ -1238,235 +1241,235 @@
       <c r="P7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Y7" s="7" t="s">
+      <c r="Z7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="Z7" s="7" t="s">
+      <c r="AA7" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AA7" s="7" t="s">
+      <c r="AB7" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB7" s="7" t="s">
+      <c r="AC7" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AC7" s="7" t="s">
+      <c r="AD7" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AD7" s="7" t="s">
+      <c r="AE7" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AE7" s="7" t="s">
+      <c r="AF7" s="7" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>499</v>
+      </c>
+      <c r="D8" s="4">
         <v>496</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>475</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>494</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>516</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>504</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>490</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>476</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>508</v>
       </c>
-      <c r="K8" s="5">
+      <c r="L8" s="5">
         <v>602</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>498</v>
       </c>
-      <c r="M8" s="5">
+      <c r="N8" s="5">
         <v>594</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>512</v>
       </c>
-      <c r="O8" s="5">
+      <c r="P8" s="5">
         <v>602</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>450</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>506</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>474</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>497</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>486</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>511</v>
       </c>
-      <c r="V8" s="5">
+      <c r="W8" s="5">
         <v>597</v>
       </c>
-      <c r="W8" s="5">
+      <c r="X8" s="5">
         <v>618</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>600</v>
       </c>
-      <c r="Y8" s="5">
+      <c r="Z8" s="5">
         <v>578</v>
       </c>
-      <c r="Z8" s="5">
+      <c r="AA8" s="5">
         <v>584</v>
       </c>
-      <c r="AA8" s="5">
+      <c r="AB8" s="5">
         <v>521</v>
       </c>
-      <c r="AB8" s="5">
+      <c r="AC8" s="5">
         <v>586</v>
       </c>
-      <c r="AC8" s="5">
+      <c r="AD8" s="5">
         <v>531</v>
       </c>
-      <c r="AD8" s="5">
+      <c r="AE8" s="5">
         <v>611</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
-      <c r="K9" s="5">
-[...15 lines deleted...]
-        <v>100</v>
+      <c r="K9" s="7">
+        <v>100</v>
+      </c>
+      <c r="L9" s="5">
+        <v>120</v>
+      </c>
+      <c r="M9" s="7">
+        <v>100</v>
+      </c>
+      <c r="N9" s="5">
+        <v>120</v>
+      </c>
+      <c r="O9" s="7">
+        <v>100</v>
+      </c>
+      <c r="P9" s="5">
+        <v>120</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>100</v>
       </c>
       <c r="T9" s="7">
         <v>100</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
-      <c r="V9" s="5">
-        <v>120</v>
+      <c r="V9" s="7">
+        <v>100</v>
       </c>
       <c r="W9" s="5">
         <v>120</v>
       </c>
       <c r="X9" s="5">
         <v>120</v>
       </c>
       <c r="Y9" s="5">
         <v>120</v>
       </c>
       <c r="Z9" s="5">
         <v>120</v>
       </c>
       <c r="AA9" s="5">
         <v>120</v>
       </c>
       <c r="AB9" s="5">
         <v>120</v>
       </c>
       <c r="AC9" s="5">
         <v>120</v>
       </c>
       <c r="AD9" s="5">
         <v>120</v>
       </c>
@@ -1481,51 +1484,51 @@
       <c r="A11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>72</v>
       </c>
@@ -1754,51 +1757,51 @@
       </c>
       <c r="AC13" s="5">
         <v>120</v>
       </c>
       <c r="AD13" s="5">
         <v>120</v>
       </c>
       <c r="AE13" s="5">
         <v>120</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>88</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>89</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>91</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>93</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>94</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>68</v>
       </c>
@@ -2057,120 +2060,120 @@
       <c r="A19" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>107</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>108</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>20</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>22</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>26</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>27</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>28</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>29</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
         <v>572</v>
       </c>
       <c r="D20" s="5">
         <v>600</v>
       </c>
       <c r="E20" s="5">
         <v>588</v>
       </c>
       <c r="F20" s="5">
         <v>564</v>
       </c>
       <c r="G20" s="5">
         <v>567</v>
       </c>
       <c r="H20" s="5">
         <v>592</v>
       </c>
       <c r="I20" s="5">
@@ -2321,144 +2324,144 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>66</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>70</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>72</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>73</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>96</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>74</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>97</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>80</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>99</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>100</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>101</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>102</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>103</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>602</v>
       </c>
       <c r="D24" s="5">
         <v>602</v>
       </c>
       <c r="E24" s="5">
         <v>595</v>
       </c>
       <c r="F24" s="5">
         <v>661</v>
       </c>
       <c r="G24" s="5">
         <v>663</v>
       </c>
       <c r="H24" s="5">
         <v>592</v>
       </c>
       <c r="I24" s="5">
@@ -2609,96 +2612,96 @@
       </c>
       <c r="Z25" s="5">
         <v>120</v>
       </c>
       <c r="AA25" s="5">
         <v>120</v>
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="5">
         <v>120</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>67</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>73</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>96</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>74</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>75</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>77</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>79</v>
       </c>
@@ -2897,102 +2900,102 @@
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="5">
         <v>120</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>69</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>70</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>73</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>96</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>97</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>77</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>79</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>80</v>
       </c>
@@ -3185,144 +3188,144 @@
       </c>
       <c r="Z33" s="5">
         <v>120</v>
       </c>
       <c r="AA33" s="5">
         <v>120</v>
       </c>
       <c r="AB33" s="5">
         <v>120</v>
       </c>
       <c r="AC33" s="5">
         <v>120</v>
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
       <c r="AE33" s="5">
         <v>120</v>
       </c>
       <c r="AF33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>104</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>106</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>82</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>83</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>84</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>85</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>86</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>107</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>108</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>18</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>20</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>663</v>
       </c>
       <c r="D36" s="5">
         <v>664</v>
       </c>
       <c r="E36" s="5">
         <v>609</v>
       </c>
       <c r="F36" s="5">
         <v>634</v>
       </c>
       <c r="G36" s="5">
         <v>675</v>
       </c>
       <c r="H36" s="5">
         <v>652</v>
       </c>
       <c r="I36" s="5">
@@ -3473,96 +3476,96 @@
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
       <c r="AB37" s="5">
         <v>120</v>
       </c>
       <c r="AC37" s="5">
         <v>120</v>
       </c>
       <c r="AD37" s="5">
         <v>120</v>
       </c>
       <c r="AE37" s="5">
         <v>120</v>
       </c>
       <c r="AF37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>63</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>66</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>68</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>70</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>71</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>72</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>96</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>74</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>75</v>
       </c>