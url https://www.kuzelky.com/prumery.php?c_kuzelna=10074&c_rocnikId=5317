--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Výsledky hráčů družstva KK Blansko  na kuželně KK Blansko</t>
   </si>
   <si>
     <t>Jan Kotouč</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>26.3.2024</t>
   </si>
   <si>
     <t>1.3.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
@@ -736,336 +739,345 @@
       </c>
       <c r="X3" s="7" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
+      <c r="AF3" s="7" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>447</v>
+      </c>
+      <c r="D4" s="4">
         <v>445</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>473</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>419</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>416</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>399</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>395</v>
       </c>
-      <c r="I4" s="5">
+      <c r="J4" s="5">
         <v>514</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>451</v>
       </c>
-      <c r="K4" s="5">
+      <c r="L4" s="5">
         <v>481</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>412</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>403</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>390</v>
       </c>
-      <c r="O4" s="5">
+      <c r="P4" s="5">
         <v>526</v>
       </c>
-      <c r="P4" s="5">
+      <c r="Q4" s="5">
         <v>528</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="R4" s="5">
         <v>509</v>
       </c>
-      <c r="R4" s="5">
+      <c r="S4" s="5">
         <v>500</v>
       </c>
-      <c r="S4" s="5">
+      <c r="T4" s="5">
         <v>525</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>376</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>357</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>407</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>389</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>393</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>359</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>385</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>341</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>372</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>370</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>334</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C5" s="7">
         <v>100</v>
       </c>
       <c r="D5" s="7">
         <v>100</v>
       </c>
       <c r="E5" s="7">
         <v>100</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
-      <c r="I5" s="5">
+      <c r="I5" s="7">
+        <v>100</v>
+      </c>
+      <c r="J5" s="5">
         <v>120</v>
       </c>
-      <c r="J5" s="7">
-[...2 lines deleted...]
-      <c r="K5" s="5">
+      <c r="K5" s="7">
+        <v>100</v>
+      </c>
+      <c r="L5" s="5">
         <v>120</v>
       </c>
-      <c r="L5" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="M5" s="7">
         <v>100</v>
       </c>
       <c r="N5" s="7">
         <v>100</v>
       </c>
-      <c r="O5" s="5">
-        <v>120</v>
+      <c r="O5" s="7">
+        <v>100</v>
       </c>
       <c r="P5" s="5">
         <v>120</v>
       </c>
       <c r="Q5" s="5">
         <v>120</v>
       </c>
       <c r="R5" s="5">
         <v>120</v>
       </c>
       <c r="S5" s="5">
         <v>120</v>
       </c>
-      <c r="T5" s="7">
-        <v>100</v>
+      <c r="T5" s="5">
+        <v>120</v>
       </c>
       <c r="U5" s="7">
         <v>100</v>
       </c>
       <c r="V5" s="7">
         <v>100</v>
       </c>
       <c r="W5" s="7">
         <v>100</v>
       </c>
       <c r="X5" s="7">
         <v>100</v>
       </c>
       <c r="Y5" s="7">
         <v>100</v>
       </c>
       <c r="Z5" s="7">
         <v>100</v>
       </c>
       <c r="AA5" s="7">
         <v>100</v>
       </c>
       <c r="AB5" s="7">
         <v>100</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J7" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K7" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L7" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N7" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="O7" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P7" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Q7" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R7" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="S7" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="T7" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="U7" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V7" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="W7" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X7" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="Y7" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z7" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA7" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AB7" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AC7" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AD7" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AE7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="AF7" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C8" s="4">
         <v>467</v>
       </c>
       <c r="D8" s="4">
         <v>468</v>
       </c>
       <c r="E8" s="4">
         <v>439</v>
       </c>
       <c r="F8" s="4">
         <v>452</v>
       </c>
       <c r="G8" s="4">
         <v>410</v>
       </c>
       <c r="H8" s="5">
         <v>549</v>
       </c>
       <c r="I8" s="4">
         <v>457</v>
       </c>
       <c r="J8" s="5">
         <v>534</v>
       </c>
@@ -1116,51 +1128,51 @@
       </c>
       <c r="Z8" s="5">
         <v>547</v>
       </c>
       <c r="AA8" s="4">
         <v>444</v>
       </c>
       <c r="AB8" s="4">
         <v>432</v>
       </c>
       <c r="AC8" s="5">
         <v>517</v>
       </c>
       <c r="AD8" s="5">
         <v>532</v>
       </c>
       <c r="AE8" s="4">
         <v>424</v>
       </c>
       <c r="AF8" s="4">
         <v>427</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="5">
         <v>120</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="5">
         <v>120</v>
       </c>
@@ -1211,160 +1223,160 @@
       </c>
       <c r="Z9" s="5">
         <v>120</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="5">
         <v>120</v>
       </c>
       <c r="AD9" s="5">
         <v>120</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>358</v>
       </c>
       <c r="D12" s="4">
         <v>335</v>
       </c>
       <c r="E12" s="4">
         <v>326</v>
       </c>
       <c r="F12" s="4">
         <v>321</v>
       </c>
       <c r="G12" s="4">
         <v>300</v>
       </c>
       <c r="H12" s="4">
         <v>288</v>
       </c>
       <c r="I12" s="4">
         <v>308</v>
       </c>
       <c r="J12" s="4">
         <v>338</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>100</v>
       </c>
       <c r="E13" s="7">
         <v>100</v>
       </c>
       <c r="F13" s="7">
         <v>100</v>
       </c>
       <c r="G13" s="7">
         <v>100</v>
       </c>
       <c r="H13" s="7">
         <v>100</v>
       </c>
       <c r="I13" s="7">
         <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>449</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>