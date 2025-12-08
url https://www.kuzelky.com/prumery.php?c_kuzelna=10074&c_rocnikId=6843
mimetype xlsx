--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -122,195 +122,195 @@
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Kotlán</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>26.3.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
+    <t>Roman Flek</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>4.10.2025</t>
+  </si>
+  <si>
+    <t>27.9.2025</t>
+  </si>
+  <si>
+    <t>8.3.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>18.1.2025</t>
+  </si>
+  <si>
+    <t>7.12.2024</t>
+  </si>
+  <si>
+    <t>23.11.2024</t>
+  </si>
+  <si>
+    <t>9.11.2024</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>21.9.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
+    <t>28.10.2023</t>
+  </si>
+  <si>
+    <t>22.10.2023</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>23.9.2023</t>
+  </si>
+  <si>
     <t>25.3.2023</t>
   </si>
   <si>
-    <t>Roman Flek</t>
-[...58 lines deleted...]
-  <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>Miroslav Flek</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>Ladislav Musil</t>
   </si>
   <si>
     <t>2.12.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2021</t>
   </si>
   <si>
     <t>Petr Havíř</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>Roman Chovanec</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
@@ -1067,423 +1067,423 @@
       </c>
       <c r="AC5" s="5">
         <v>120</v>
       </c>
       <c r="AD5" s="5">
         <v>120</v>
       </c>
       <c r="AE5" s="5">
         <v>120</v>
       </c>
       <c r="AF5" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="F7" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K7" s="7" t="s">
+      <c r="L7" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L7" s="7" t="s">
+      <c r="M7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M7" s="7" t="s">
+      <c r="N7" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N7" s="7" t="s">
+      <c r="O7" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q7" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Q7" s="7" t="s">
+      <c r="R7" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="R7" s="7" t="s">
+      <c r="S7" s="7" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="U7" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="W7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="W7" s="7" t="s">
+      <c r="X7" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="X7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z7" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Z7" s="7" t="s">
+      <c r="AA7" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AA7" s="7" t="s">
+      <c r="AB7" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB7" s="7" t="s">
+      <c r="AC7" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AC7" s="7" t="s">
+      <c r="AD7" s="7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>406</v>
+      </c>
+      <c r="D8" s="4">
         <v>435</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>467</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>432</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>487</v>
       </c>
-      <c r="G8" s="5">
+      <c r="H8" s="5">
         <v>543</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>565</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>462</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>414</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>495</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>454</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>435</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>465</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>413</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>454</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>419</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>447</v>
       </c>
-      <c r="S8" s="5">
+      <c r="T8" s="5">
         <v>534</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>449</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>425</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>439</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>425</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>556</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>488</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>480</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>490</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>420</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>484</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>453</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
-      <c r="G9" s="5">
-        <v>120</v>
+      <c r="G9" s="7">
+        <v>100</v>
       </c>
       <c r="H9" s="5">
         <v>120</v>
       </c>
-      <c r="I9" s="7">
-        <v>100</v>
+      <c r="I9" s="5">
+        <v>120</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
       <c r="P9" s="7">
         <v>100</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
-      <c r="S9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="S9" s="7">
+        <v>100</v>
+      </c>
+      <c r="T9" s="5">
+        <v>120</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
-      <c r="X9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="X9" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y9" s="5">
+        <v>120</v>
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
-      <c r="AE9" s="5">
-        <v>120</v>
+      <c r="AE9" s="7">
+        <v>100</v>
       </c>
       <c r="AF9" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>49</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>54</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>55</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>56</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="W11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="X11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="Z11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="5">
         <v>591</v>
       </c>
       <c r="D12" s="5">
         <v>532</v>
       </c>
       <c r="E12" s="5">
         <v>586</v>
       </c>
       <c r="F12" s="5">
         <v>560</v>
       </c>
       <c r="G12" s="5">
         <v>550</v>
       </c>
       <c r="H12" s="5">
         <v>561</v>
       </c>
       <c r="I12" s="5">
@@ -1634,239 +1634,239 @@
       </c>
       <c r="Z13" s="5">
         <v>120</v>
       </c>
       <c r="AA13" s="5">
         <v>120</v>
       </c>
       <c r="AB13" s="5">
         <v>120</v>
       </c>
       <c r="AC13" s="5">
         <v>120</v>
       </c>
       <c r="AD13" s="5">
         <v>120</v>
       </c>
       <c r="AE13" s="5">
         <v>120</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="F15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J15" s="7" t="s">
+      <c r="K15" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K15" s="7" t="s">
+      <c r="L15" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q15" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Q15" s="7" t="s">
+      <c r="R15" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="T15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U15" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V15" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="W15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X15" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y15" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AA15" s="7" t="s">
+      <c r="AB15" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB15" s="7" t="s">
+      <c r="AC15" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="AC15" s="7" t="s">
+      <c r="AD15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AD15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF15" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>485</v>
+      </c>
+      <c r="D16" s="4">
         <v>460</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>463</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>447</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>460</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>448</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>467</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>481</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>449</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>468</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>426</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>450</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>453</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>438</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>437</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>454</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>424</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>463</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>430</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>428</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>436</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>512</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>510</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>453</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>456</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>501</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>557</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>472</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>448</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
@@ -1889,322 +1889,322 @@
       </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
       <c r="P17" s="7">
         <v>100</v>
       </c>
       <c r="Q17" s="7">
         <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
-      <c r="W17" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W17" s="7">
+        <v>100</v>
+      </c>
+      <c r="X17" s="5">
+        <v>120</v>
       </c>
       <c r="Y17" s="7">
         <v>100</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
-      <c r="AB17" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB17" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC17" s="5">
+        <v>120</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
-      <c r="AE17" s="5">
-        <v>120</v>
+      <c r="AE17" s="7">
+        <v>100</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="F19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P19" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>74</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>75</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>76</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>77</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>457</v>
+      </c>
+      <c r="D20" s="4">
         <v>431</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>445</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>442</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>438</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>424</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>442</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>409</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>419</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>416</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>433</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>479</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>465</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>475</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>434</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>548</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>544</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>522</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>554</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>542</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>536</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>518</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>495</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>559</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>521</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>523</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>503</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>563</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>528</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
       <c r="P21" s="7">
         <v>100</v>
       </c>
-      <c r="Q21" s="5">
-        <v>120</v>
+      <c r="Q21" s="7">
+        <v>100</v>
       </c>
       <c r="R21" s="5">
         <v>120</v>
       </c>
       <c r="S21" s="5">
         <v>120</v>
       </c>
       <c r="T21" s="5">
         <v>120</v>
       </c>
       <c r="U21" s="5">
         <v>120</v>
       </c>
       <c r="V21" s="5">
         <v>120</v>
       </c>
       <c r="W21" s="5">
         <v>120</v>
       </c>
       <c r="X21" s="5">
         <v>120</v>
       </c>
       <c r="Y21" s="5">
         <v>120</v>
       </c>
@@ -2231,114 +2231,114 @@
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>50</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>54</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>58</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>60</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>61</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>523</v>
       </c>
       <c r="D24" s="5">
         <v>560</v>
       </c>
       <c r="E24" s="5">
         <v>573</v>
       </c>
       <c r="F24" s="5">
@@ -2504,54 +2504,54 @@
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="5">
         <v>120</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>88</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>89</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>90</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>92</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>94</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>96</v>
       </c>
@@ -2624,123 +2624,123 @@
       </c>
       <c r="L29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>61</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>566</v>
       </c>
       <c r="D32" s="5">
         <v>563</v>
       </c>
       <c r="E32" s="5">
         <v>566</v>
       </c>
       <c r="F32" s="5">
         <v>540</v>
       </c>
       <c r="G32" s="5">
         <v>576</v>
       </c>
       <c r="H32" s="5">
@@ -2915,123 +2915,123 @@
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>86</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>49</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>50</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>20</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>66</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>647</v>
       </c>
       <c r="D36" s="5">
         <v>627</v>
       </c>
       <c r="E36" s="5">
         <v>634</v>
       </c>
       <c r="F36" s="5">
         <v>599</v>
       </c>
       <c r="G36" s="5">
         <v>618</v>
       </c>
       <c r="H36" s="5">
         <v>622</v>
       </c>
       <c r="I36" s="5">
@@ -3221,87 +3221,87 @@
       <c r="F39" s="7" t="s">
         <v>51</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>52</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>57</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>58</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>59</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>60</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>61</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>20</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>62</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>63</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>65</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>66</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>95</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">