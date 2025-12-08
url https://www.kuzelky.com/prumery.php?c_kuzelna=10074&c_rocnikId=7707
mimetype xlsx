--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Výsledky hráčů družstva KK Blansko B na kuželně KK Blansko</t>
   </si>
   <si>
     <t>Ladislav Novotný</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
@@ -122,144 +122,138 @@
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Kotlán</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>26.3.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
-    <t>25.3.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Miroslav Flek</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>Ladislav Musil</t>
   </si>
   <si>
     <t>2.12.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
   <si>
-    <t>11.9.2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Karel Kolařík</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>28.10.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.2.2022</t>
   </si>
   <si>
     <t>Martin Cihlář</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>13.2.2016</t>
   </si>
   <si>
     <t>1.11.2014</t>
   </si>
   <si>
     <t>Jan Kotouč</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
@@ -1043,518 +1037,518 @@
       </c>
       <c r="AC5" s="5">
         <v>120</v>
       </c>
       <c r="AD5" s="5">
         <v>120</v>
       </c>
       <c r="AE5" s="5">
         <v>120</v>
       </c>
       <c r="AF5" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="F7" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K7" s="7" t="s">
+      <c r="L7" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L7" s="7" t="s">
+      <c r="M7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M7" s="7" t="s">
+      <c r="N7" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N7" s="7" t="s">
+      <c r="O7" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q7" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Q7" s="7" t="s">
+      <c r="R7" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="R7" s="7" t="s">
+      <c r="S7" s="7" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="U7" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="W7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="W7" s="7" t="s">
+      <c r="X7" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="X7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z7" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Z7" s="7" t="s">
+      <c r="AA7" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AA7" s="7" t="s">
+      <c r="AB7" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB7" s="7" t="s">
+      <c r="AC7" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AC7" s="7" t="s">
+      <c r="AD7" s="7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>406</v>
+      </c>
+      <c r="D8" s="4">
         <v>435</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>467</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>432</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>487</v>
       </c>
-      <c r="G8" s="5">
+      <c r="H8" s="5">
         <v>543</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>565</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>462</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>414</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>495</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>454</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>435</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>465</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>413</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>454</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>419</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>447</v>
       </c>
-      <c r="S8" s="5">
+      <c r="T8" s="5">
         <v>534</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>449</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>425</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>439</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>425</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>556</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>488</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>480</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>490</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>420</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>484</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>453</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
-      <c r="G9" s="5">
-        <v>120</v>
+      <c r="G9" s="7">
+        <v>100</v>
       </c>
       <c r="H9" s="5">
         <v>120</v>
       </c>
-      <c r="I9" s="7">
-        <v>100</v>
+      <c r="I9" s="5">
+        <v>120</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
       <c r="P9" s="7">
         <v>100</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
-      <c r="S9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="S9" s="7">
+        <v>100</v>
+      </c>
+      <c r="T9" s="5">
+        <v>120</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
-      <c r="X9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="X9" s="7">
+        <v>100</v>
+      </c>
+      <c r="Y9" s="5">
+        <v>120</v>
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
-      <c r="AE9" s="5">
-        <v>120</v>
+      <c r="AE9" s="7">
+        <v>100</v>
       </c>
       <c r="AF9" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="F11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H11" s="7" t="s">
+      <c r="I11" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I11" s="7" t="s">
+      <c r="J11" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J11" s="7" t="s">
+      <c r="K11" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K11" s="7" t="s">
+      <c r="L11" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L11" s="7" t="s">
+      <c r="M11" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M11" s="7" t="s">
+      <c r="N11" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="7" t="s">
+      <c r="O11" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q11" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Q11" s="7" t="s">
+      <c r="R11" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="R11" s="7" t="s">
+      <c r="S11" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="S11" s="7" t="s">
+      <c r="T11" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="T11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V11" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="V11" s="7" t="s">
+      <c r="W11" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="W11" s="7" t="s">
+      <c r="X11" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="X11" s="7" t="s">
+      <c r="Y11" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="Y11" s="7" t="s">
+      <c r="Z11" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Z11" s="7" t="s">
+      <c r="AA11" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AA11" s="7" t="s">
+      <c r="AB11" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB11" s="7" t="s">
+      <c r="AC11" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="AC11" s="7" t="s">
+      <c r="AD11" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AD11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF11" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>485</v>
+      </c>
+      <c r="D12" s="4">
         <v>460</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>463</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>447</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>460</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>448</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>467</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>481</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>449</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>468</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>426</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>450</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>453</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>438</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>437</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>454</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>424</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>463</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>430</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>428</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>436</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>512</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>510</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>453</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>456</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>501</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>557</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>472</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>448</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>100</v>
       </c>
       <c r="E13" s="7">
         <v>100</v>
       </c>
       <c r="F13" s="7">
         <v>100</v>
       </c>
       <c r="G13" s="7">
         <v>100</v>
       </c>
       <c r="H13" s="7">
         <v>100</v>
       </c>
       <c r="I13" s="7">
@@ -1577,560 +1571,560 @@
       </c>
       <c r="O13" s="7">
         <v>100</v>
       </c>
       <c r="P13" s="7">
         <v>100</v>
       </c>
       <c r="Q13" s="7">
         <v>100</v>
       </c>
       <c r="R13" s="7">
         <v>100</v>
       </c>
       <c r="S13" s="7">
         <v>100</v>
       </c>
       <c r="T13" s="7">
         <v>100</v>
       </c>
       <c r="U13" s="7">
         <v>100</v>
       </c>
       <c r="V13" s="7">
         <v>100</v>
       </c>
-      <c r="W13" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W13" s="7">
+        <v>100</v>
+      </c>
+      <c r="X13" s="5">
+        <v>120</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
-      <c r="AB13" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB13" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC13" s="5">
+        <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
-      <c r="AE13" s="5">
-        <v>120</v>
+      <c r="AE13" s="7">
+        <v>100</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="F15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J15" s="7" t="s">
+      <c r="K15" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K15" s="7" t="s">
+      <c r="L15" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="O15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q15" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Q15" s="7" t="s">
+      <c r="R15" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="X15" s="7" t="s">
+      <c r="Y15" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="AA15" s="7" t="s">
+      <c r="AB15" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="AB15" s="7" t="s">
+      <c r="AC15" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="AC15" s="7" t="s">
+      <c r="AD15" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AD15" s="7" t="s">
+      <c r="AE15" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>457</v>
+      </c>
+      <c r="D16" s="4">
         <v>431</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>445</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>442</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>438</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>424</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>442</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>409</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>419</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>416</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>433</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>479</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>465</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>475</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>434</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>548</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>544</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>522</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>554</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>542</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>536</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>518</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>495</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>559</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>521</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>523</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>503</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>563</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>528</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
       <c r="K17" s="7">
         <v>100</v>
       </c>
       <c r="L17" s="7">
         <v>100</v>
       </c>
       <c r="M17" s="7">
         <v>100</v>
       </c>
       <c r="N17" s="7">
         <v>100</v>
       </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
       <c r="P17" s="7">
         <v>100</v>
       </c>
-      <c r="Q17" s="5">
-        <v>120</v>
+      <c r="Q17" s="7">
+        <v>100</v>
       </c>
       <c r="R17" s="5">
         <v>120</v>
       </c>
       <c r="S17" s="5">
         <v>120</v>
       </c>
       <c r="T17" s="5">
         <v>120</v>
       </c>
       <c r="U17" s="5">
         <v>120</v>
       </c>
       <c r="V17" s="5">
         <v>120</v>
       </c>
       <c r="W17" s="5">
         <v>120</v>
       </c>
       <c r="X17" s="5">
         <v>120</v>
       </c>
       <c r="Y17" s="5">
         <v>120</v>
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="5">
         <v>120</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="7" t="s">
+      <c r="H19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="K19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="M19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="O19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P19" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q19" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="X19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y19" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z19" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB19" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="AB19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>457</v>
+      </c>
+      <c r="D20" s="4">
         <v>443</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>438</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>468</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>388</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>437</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>428</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>426</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>382</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>420</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>424</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>419</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>432</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>439</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>414</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>445</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>427</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>432</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>445</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>405</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>408</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>402</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>421</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>487</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>530</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>491</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>544</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>506</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>500</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2159,126 +2153,126 @@
       </c>
       <c r="Q21" s="7">
         <v>100</v>
       </c>
       <c r="R21" s="7">
         <v>100</v>
       </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
         <v>100</v>
       </c>
       <c r="W21" s="7">
         <v>100</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
-      <c r="Y21" s="5">
-        <v>120</v>
+      <c r="Y21" s="7">
+        <v>100</v>
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O23" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P23" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q23" s="7" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>387</v>
       </c>
       <c r="D24" s="4">
         <v>421</v>
       </c>
       <c r="E24" s="4">
         <v>396</v>
       </c>
       <c r="F24" s="4">
         <v>384</v>
       </c>
       <c r="G24" s="4">
         <v>409</v>
       </c>
       <c r="H24" s="4">
         <v>396</v>
       </c>
       <c r="I24" s="4">
@@ -2339,423 +2333,432 @@
       </c>
       <c r="K25" s="7">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>100</v>
       </c>
       <c r="M25" s="7">
         <v>100</v>
       </c>
       <c r="N25" s="5">
         <v>120</v>
       </c>
       <c r="O25" s="5">
         <v>120</v>
       </c>
       <c r="P25" s="5">
         <v>120</v>
       </c>
       <c r="Q25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D27" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G27" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="G27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M27" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="N27" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="P27" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q27" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="R27" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="S27" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="T27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="L27" s="7" t="s">
-[...17 lines deleted...]
-      <c r="R27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>447</v>
+      </c>
+      <c r="D28" s="4">
         <v>445</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>473</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>419</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>416</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>399</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>395</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>514</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>451</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>481</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>412</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>403</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>390</v>
       </c>
-      <c r="O28" s="5">
+      <c r="P28" s="5">
         <v>526</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>528</v>
       </c>
-      <c r="Q28" s="5">
+      <c r="R28" s="5">
         <v>509</v>
       </c>
-      <c r="R28" s="5">
+      <c r="S28" s="5">
         <v>500</v>
       </c>
-      <c r="S28" s="5">
+      <c r="T28" s="5">
         <v>525</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>376</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>357</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>407</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>389</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>393</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>359</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>385</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>341</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>372</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>370</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>334</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
-      <c r="I29" s="5">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="I29" s="7">
+        <v>100</v>
+      </c>
+      <c r="J29" s="5">
+        <v>120</v>
+      </c>
+      <c r="K29" s="7">
+        <v>100</v>
+      </c>
+      <c r="L29" s="5">
+        <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
-      <c r="O29" s="5">
-        <v>120</v>
+      <c r="O29" s="7">
+        <v>100</v>
       </c>
       <c r="P29" s="5">
         <v>120</v>
       </c>
       <c r="Q29" s="5">
         <v>120</v>
       </c>
       <c r="R29" s="5">
         <v>120</v>
       </c>
       <c r="S29" s="5">
         <v>120</v>
       </c>
-      <c r="T29" s="7">
-        <v>100</v>
+      <c r="T29" s="5">
+        <v>120</v>
       </c>
       <c r="U29" s="7">
         <v>100</v>
       </c>
       <c r="V29" s="7">
         <v>100</v>
       </c>
       <c r="W29" s="7">
         <v>100</v>
       </c>
       <c r="X29" s="7">
         <v>100</v>
       </c>
       <c r="Y29" s="7">
         <v>100</v>
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>19</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>23</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>467</v>
       </c>
       <c r="D32" s="4">
         <v>468</v>
       </c>
       <c r="E32" s="4">
         <v>439</v>
       </c>
       <c r="F32" s="4">
         <v>452</v>
       </c>
       <c r="G32" s="4">
         <v>410</v>
       </c>
       <c r="H32" s="5">
         <v>549</v>
       </c>
       <c r="I32" s="4">