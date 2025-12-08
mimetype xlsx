--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Výsledky hráčů družstva KK Blansko  na kuželně KK Blansko</t>
   </si>
   <si>
     <t>Roman Flek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Miroslav Flek</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
@@ -206,53 +209,50 @@
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
-    <t>24.3.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Martin Honc</t>
   </si>
   <si>
     <t>12.4.2019</t>
   </si>
   <si>
     <t>22.3.2019</t>
   </si>
   <si>
     <t>15.3.2019</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
   <si>
     <t>1.3.2019</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
@@ -348,53 +348,50 @@
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2021</t>
   </si>
   <si>
     <t>Petr Havíř</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>Petr Michálek</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
@@ -1439,158 +1436,158 @@
       <c r="T7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AB7" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC7" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="7">
+        <v>485</v>
+      </c>
+      <c r="D8" s="7">
         <v>460</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>463</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>447</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>460</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>448</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>467</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>481</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>449</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>468</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>426</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>450</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>453</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>438</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>437</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>454</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>424</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>463</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>430</v>
       </c>
-      <c r="U8" s="7">
+      <c r="V8" s="7">
         <v>428</v>
       </c>
-      <c r="V8" s="7">
+      <c r="W8" s="7">
         <v>436</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>512</v>
       </c>
-      <c r="X8" s="7">
+      <c r="Y8" s="7">
         <v>510</v>
       </c>
-      <c r="Y8" s="7">
+      <c r="Z8" s="7">
         <v>453</v>
       </c>
-      <c r="Z8" s="7">
+      <c r="AA8" s="7">
         <v>456</v>
       </c>
-      <c r="AA8" s="7">
+      <c r="AB8" s="7">
         <v>501</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>557</v>
       </c>
-      <c r="AC8" s="7">
+      <c r="AD8" s="7">
         <v>472</v>
       </c>
-      <c r="AD8" s="7">
+      <c r="AE8" s="7">
         <v>448</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1613,76 +1610,76 @@
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
       <c r="T9" s="6">
         <v>100</v>
       </c>
       <c r="U9" s="6">
         <v>100</v>
       </c>
       <c r="V9" s="6">
         <v>100</v>
       </c>
-      <c r="W9" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W9" s="6">
+        <v>100</v>
+      </c>
+      <c r="X9" s="4">
+        <v>120</v>
       </c>
       <c r="Y9" s="6">
         <v>100</v>
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
-      <c r="AB9" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB9" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC9" s="4">
+        <v>120</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
-      <c r="AE9" s="4">
-        <v>120</v>
+      <c r="AE9" s="6">
+        <v>100</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G11" s="6" t="s">
@@ -1979,387 +1976,387 @@
       <c r="H15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q15" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R15" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="T15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U15" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="V15" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
+        <v>457</v>
+      </c>
+      <c r="D16" s="7">
         <v>431</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>445</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>442</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>438</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>424</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>442</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>409</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>419</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>416</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>433</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>479</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>465</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>475</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>434</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>548</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>544</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>522</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>554</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>542</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>536</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>518</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>495</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>559</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>521</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>523</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>503</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>563</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>528</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
-      <c r="Q17" s="4">
-        <v>120</v>
+      <c r="Q17" s="6">
+        <v>100</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="4">
         <v>120</v>
       </c>
       <c r="T17" s="4">
         <v>120</v>
       </c>
       <c r="U17" s="4">
         <v>120</v>
       </c>
       <c r="V17" s="4">
         <v>120</v>
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
       <c r="Y17" s="4">
         <v>120</v>
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD19" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE19" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>523</v>
       </c>
       <c r="D20" s="4">
         <v>560</v>
       </c>
       <c r="E20" s="4">
         <v>573</v>
       </c>
       <c r="F20" s="4">
         <v>579</v>
       </c>
       <c r="G20" s="4">
         <v>561</v>
       </c>
       <c r="H20" s="4">
         <v>505</v>
       </c>
       <c r="I20" s="4">
@@ -2510,144 +2507,144 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O23" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="N23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="R23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="V23" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
         <v>485</v>
       </c>
       <c r="D24" s="7">
         <v>467</v>
       </c>
       <c r="E24" s="7">
         <v>476</v>
       </c>
       <c r="F24" s="7">
         <v>464</v>
       </c>
       <c r="G24" s="7">
         <v>454</v>
       </c>
       <c r="H24" s="7">
         <v>426</v>
       </c>
       <c r="I24" s="7">
@@ -2798,144 +2795,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>521</v>
       </c>
       <c r="D28" s="4">
         <v>532</v>
       </c>
       <c r="E28" s="4">
         <v>549</v>
       </c>
       <c r="F28" s="4">
         <v>541</v>
       </c>
       <c r="G28" s="4">
         <v>559</v>
       </c>
       <c r="H28" s="4">
         <v>572</v>
       </c>
       <c r="I28" s="4">
@@ -3086,144 +3083,144 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="L31" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>557</v>
       </c>
       <c r="D32" s="4">
         <v>573</v>
       </c>
       <c r="E32" s="4">
         <v>581</v>
       </c>
       <c r="F32" s="4">
         <v>592</v>
       </c>
       <c r="G32" s="4">
         <v>565</v>
       </c>
       <c r="H32" s="4">
         <v>589</v>
       </c>
       <c r="I32" s="4">
@@ -3374,81 +3371,81 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>88</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>90</v>
       </c>
       <c r="J35" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>510</v>
       </c>
       <c r="D36" s="4">
         <v>516</v>
       </c>
       <c r="E36" s="4">
         <v>523</v>
       </c>
       <c r="F36" s="4">
         <v>560</v>
       </c>
       <c r="G36" s="4">
         <v>517</v>
       </c>
       <c r="H36" s="4">
         <v>518</v>
       </c>
       <c r="I36" s="4">
@@ -3473,114 +3470,114 @@
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
         <v>120</v>
       </c>
       <c r="J37" s="4">
         <v>120</v>
       </c>
       <c r="K37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>27</v>
       </c>
@@ -3761,99 +3758,99 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
         <v>387</v>
       </c>
       <c r="D44" s="7">
         <v>421</v>
       </c>
       <c r="E44" s="7">
         <v>396</v>
       </c>
       <c r="F44" s="7">
         <v>384</v>
       </c>
       <c r="G44" s="7">
         <v>409</v>
       </c>
       <c r="H44" s="7">
         <v>396</v>
       </c>
       <c r="I44" s="7">