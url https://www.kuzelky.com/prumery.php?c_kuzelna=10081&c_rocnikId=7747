--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Výsledky hráčů družstva KC Zlín C na kuželně KC Zlín</t>
   </si>
   <si>
     <t>Pavla Žádníková</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
@@ -122,140 +122,143 @@
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>28.10.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Pavel Struhař</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
+    <t>Lukáš Trochta</t>
+  </si>
+  <si>
+    <t>25.3.2022</t>
+  </si>
+  <si>
+    <t>2.10.2020</t>
+  </si>
+  <si>
+    <t>25.9.2020</t>
+  </si>
+  <si>
+    <t>28.2.2020</t>
+  </si>
+  <si>
+    <t>12.2.2020</t>
+  </si>
+  <si>
+    <t>17.1.2020</t>
+  </si>
+  <si>
+    <t>29.11.2019</t>
+  </si>
+  <si>
+    <t>11.10.2019</t>
+  </si>
+  <si>
+    <t>22.3.2019</t>
+  </si>
+  <si>
+    <t>15.2.2019</t>
+  </si>
+  <si>
+    <t>18.1.2019</t>
+  </si>
+  <si>
+    <t>7.12.2018</t>
+  </si>
+  <si>
+    <t>23.11.2018</t>
+  </si>
+  <si>
+    <t>9.11.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>Dita Trochtová</t>
+  </si>
+  <si>
     <t>25.11.2022</t>
   </si>
   <si>
-    <t>Lukáš Trochta</t>
-[...49 lines deleted...]
-  <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Petr Mňačko</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>Jaroslav Trochta</t>
@@ -269,54 +272,54 @@
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
-    <t>15.9.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Filip Mlčoch</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>8.12.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>3.11.2024</t>
   </si>
@@ -1157,342 +1160,342 @@
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="I7" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="J7" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K7" s="7" t="s">
+      <c r="L7" s="7" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N7" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="O7" s="7" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Q7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="R7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="R7" s="7" t="s">
+      <c r="S7" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="S7" s="7" t="s">
+      <c r="T7" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="T7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U7" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="V7" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="W7" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="W7" s="7" t="s">
+      <c r="X7" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="X7" s="7" t="s">
+      <c r="Y7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Y7" s="7" t="s">
+      <c r="Z7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="Z7" s="7" t="s">
+      <c r="AA7" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AA7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB7" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC7" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AE7" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF7" s="7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="4">
+      <c r="C8" s="5">
+        <v>547</v>
+      </c>
+      <c r="D8" s="4">
         <v>485</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>424</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="G8" s="4">
         <v>425</v>
       </c>
       <c r="H8" s="4">
+        <v>425</v>
+      </c>
+      <c r="I8" s="4">
         <v>433</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>458</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>466</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>454</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>455</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>461</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>468</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>446</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>460</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>446</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>438</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>461</v>
       </c>
-      <c r="T8" s="5">
+      <c r="U8" s="5">
         <v>548</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="W8" s="4">
         <v>456</v>
       </c>
       <c r="X8" s="4">
+        <v>456</v>
+      </c>
+      <c r="Y8" s="4">
         <v>457</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>441</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>492</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>462</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>428</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>468</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>456</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="7">
-        <v>100</v>
+      <c r="C9" s="5">
+        <v>120</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
       <c r="F9" s="7">
         <v>100</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
       <c r="P9" s="7">
         <v>100</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>100</v>
       </c>
-      <c r="T9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="T9" s="7">
+        <v>100</v>
+      </c>
+      <c r="U9" s="5">
+        <v>120</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
       <c r="X9" s="7">
         <v>100</v>
       </c>
       <c r="Y9" s="7">
         <v>100</v>
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>50</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>29</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>31</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>52</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>53</v>
       </c>
@@ -1676,138 +1679,138 @@
       </c>
       <c r="W13" s="7">
         <v>100</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>10</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>18</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AB15" s="7" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>400</v>
       </c>
       <c r="D16" s="4">
         <v>432</v>
       </c>
       <c r="E16" s="4">
         <v>433</v>
       </c>
       <c r="F16" s="4">
         <v>455</v>
       </c>
       <c r="G16" s="4">
         <v>457</v>
       </c>
       <c r="H16" s="4">
         <v>480</v>
       </c>
       <c r="I16" s="4">
@@ -1958,144 +1961,144 @@
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>21</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>484</v>
       </c>
       <c r="D20" s="4">
         <v>424</v>
       </c>
       <c r="E20" s="4">
         <v>460</v>
       </c>
       <c r="F20" s="4">
         <v>460</v>
       </c>
       <c r="G20" s="4">
         <v>449</v>
       </c>
       <c r="H20" s="4">
         <v>492</v>
       </c>
       <c r="I20" s="4">
@@ -2246,768 +2249,768 @@
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>76</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>78</v>
       </c>
       <c r="G23" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="K23" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L23" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="M23" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N23" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="O23" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="O23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P23" s="7" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="S23" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="T23" s="7" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>43</v>
       </c>
       <c r="V23" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="W23" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="AB23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC23" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD23" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
+        <v>551</v>
+      </c>
+      <c r="D24" s="5">
         <v>562</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>548</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>546</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>542</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>467</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>503</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>507</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>441</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>538</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>476</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>582</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>439</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>491</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>572</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>449</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>569</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>444</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>456</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>437</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>456</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>469</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>424</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>469</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>480</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>459</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>541</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>466</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>462</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
-      <c r="G25" s="7">
-        <v>100</v>
+      <c r="G25" s="5">
+        <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
-      <c r="I25" s="5">
-[...15 lines deleted...]
-        <v>100</v>
+      <c r="I25" s="7">
+        <v>100</v>
+      </c>
+      <c r="J25" s="5">
+        <v>120</v>
+      </c>
+      <c r="K25" s="7">
+        <v>100</v>
+      </c>
+      <c r="L25" s="5">
+        <v>120</v>
+      </c>
+      <c r="M25" s="7">
+        <v>100</v>
+      </c>
+      <c r="N25" s="5">
+        <v>120</v>
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
-      <c r="P25" s="5">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="P25" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q25" s="5">
+        <v>120</v>
+      </c>
+      <c r="R25" s="7">
+        <v>100</v>
+      </c>
+      <c r="S25" s="5">
+        <v>120</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
       <c r="W25" s="7">
         <v>100</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
-      <c r="AB25" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AB25" s="7">
+        <v>100</v>
+      </c>
+      <c r="AC25" s="5">
+        <v>120</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
-      <c r="AF25" s="5">
-        <v>120</v>
+      <c r="AF25" s="7">
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="G27" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>90</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>91</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>92</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>94</v>
+        <v>42</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>96</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>43</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>98</v>
       </c>
       <c r="W27" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="X27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Y27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z27" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA27" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="AA27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB27" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC27" s="7" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>102</v>
       </c>
       <c r="AE27" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="AF27" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
+        <v>567</v>
+      </c>
+      <c r="D28" s="5">
         <v>552</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>439</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>598</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>458</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>455</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>470</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>475</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>567</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>495</v>
       </c>
-      <c r="L28" s="5">
+      <c r="M28" s="5">
         <v>520</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>467</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>524</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>445</v>
       </c>
-      <c r="P28" s="5">
+      <c r="Q28" s="5">
         <v>504</v>
       </c>
-      <c r="Q28" s="5">
+      <c r="R28" s="5">
         <v>587</v>
       </c>
-      <c r="R28" s="5">
+      <c r="S28" s="5">
         <v>535</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>449</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>465</v>
       </c>
-      <c r="U28" s="5">
+      <c r="V28" s="5">
         <v>549</v>
       </c>
-      <c r="V28" s="5">
+      <c r="W28" s="5">
         <v>563</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>456</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>395</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>574</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>444</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>553</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>448</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>557</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>513</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
-      <c r="D29" s="7">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="D29" s="5">
+        <v>120</v>
+      </c>
+      <c r="E29" s="7">
+        <v>100</v>
+      </c>
+      <c r="F29" s="5">
+        <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
-      <c r="I29" s="5">
-        <v>120</v>
+      <c r="I29" s="7">
+        <v>100</v>
       </c>
       <c r="J29" s="5">
         <v>120</v>
       </c>
       <c r="K29" s="5">
         <v>120</v>
       </c>
       <c r="L29" s="5">
         <v>120</v>
       </c>
-      <c r="M29" s="7">
-[...9 lines deleted...]
-        <v>120</v>
+      <c r="M29" s="5">
+        <v>120</v>
+      </c>
+      <c r="N29" s="7">
+        <v>100</v>
+      </c>
+      <c r="O29" s="5">
+        <v>120</v>
+      </c>
+      <c r="P29" s="7">
+        <v>100</v>
       </c>
       <c r="Q29" s="5">
         <v>120</v>
       </c>
       <c r="R29" s="5">
         <v>120</v>
       </c>
-      <c r="S29" s="7">
-        <v>100</v>
+      <c r="S29" s="5">
+        <v>120</v>
       </c>
       <c r="T29" s="7">
         <v>100</v>
       </c>
-      <c r="U29" s="5">
-        <v>120</v>
+      <c r="U29" s="7">
+        <v>100</v>
       </c>
       <c r="V29" s="5">
         <v>120</v>
       </c>
-      <c r="W29" s="7">
-        <v>100</v>
+      <c r="W29" s="5">
+        <v>120</v>
       </c>
       <c r="X29" s="7">
         <v>100</v>
       </c>
-      <c r="Y29" s="5">
-[...12 lines deleted...]
-        <v>120</v>
+      <c r="Y29" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z29" s="5">
+        <v>120</v>
+      </c>
+      <c r="AA29" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB29" s="5">
+        <v>120</v>
+      </c>
+      <c r="AC29" s="7">
+        <v>100</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
-      <c r="AE29" s="7">
-        <v>100</v>
+      <c r="AE29" s="5">
+        <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>355</v>
       </c>
       <c r="D32" s="4">
         <v>385</v>
       </c>
       <c r="E32" s="4">
         <v>360</v>
       </c>
       <c r="F32" s="4">
         <v>383</v>
       </c>
       <c r="G32" s="4">
         <v>371</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>18</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>555</v>
       </c>
       <c r="D36" s="5">
         <v>517</v>
       </c>
       <c r="E36" s="5">
         <v>479</v>
       </c>
       <c r="F36" s="5">
         <v>562</v>
       </c>
       <c r="G36" s="5">
         <v>530</v>
       </c>
       <c r="H36" s="5">
         <v>498</v>
       </c>
       <c r="I36" s="4">
@@ -3128,144 +3131,144 @@
       </c>
       <c r="U37" s="5">
         <v>120</v>
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="5">
         <v>120</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>7</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>8</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>457</v>
       </c>
       <c r="D40" s="5">
         <v>512</v>
       </c>
       <c r="E40" s="4">
         <v>452</v>
       </c>
       <c r="F40" s="4">
         <v>420</v>
       </c>
       <c r="G40" s="5">
         <v>542</v>
       </c>
       <c r="H40" s="4">
         <v>408</v>
       </c>
       <c r="I40" s="5">
@@ -3416,63 +3419,63 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="5">
         <v>120</v>
       </c>
       <c r="AD41" s="5">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>50</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>399</v>
       </c>
       <c r="D44" s="4">
         <v>417</v>
       </c>
       <c r="E44" s="4">
         <v>393</v>
       </c>
       <c r="F44" s="4">
         <v>400</v>
       </c>
       <c r="G44" s="4">