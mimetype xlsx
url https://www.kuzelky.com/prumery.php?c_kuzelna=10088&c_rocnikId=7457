--- v0 (2025-12-05)
+++ v1 (2025-12-09)
@@ -347,90 +347,90 @@
   <si>
     <t>12.4.2019</t>
   </si>
   <si>
     <t>15.3.2019</t>
   </si>
   <si>
     <t>8.3.2019</t>
   </si>
   <si>
     <t>1.3.2019</t>
   </si>
   <si>
     <t>22.2.2019</t>
   </si>
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>Jaroslav Harca</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>2.3.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>9.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>12.1.2025</t>
   </si>
   <si>
     <t>8.12.2024</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>25.2.2024</t>
   </si>
   <si>
     <t>4.2.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.11.2023</t>
   </si>
   <si>
     <t>Petr Bábík</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>5.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
@@ -3128,233 +3128,233 @@
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>113</v>
       </c>
       <c r="I35" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L35" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="M35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Q35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="S35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="T35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U35" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="X35" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>120</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>121</v>
       </c>
       <c r="AA35" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AB35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC35" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AD35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AD35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE35" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>586</v>
+      </c>
+      <c r="D36" s="4">
         <v>580</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>576</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>565</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>608</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>580</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>536</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>581</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>587</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>548</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>581</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>519</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>569</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>537</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>603</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>537</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>551</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>553</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>581</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>550</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>543</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>550</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>566</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>567</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>533</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>587</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>571</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>586</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>592</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3434,72 +3434,72 @@
       <c r="A39" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>126</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>128</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>130</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>131</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>132</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>133</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>134</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>135</v>
       </c>