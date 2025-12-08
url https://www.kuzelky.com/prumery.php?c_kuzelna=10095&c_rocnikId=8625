--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -182,50 +182,53 @@
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>18.10.2019</t>
   </si>
   <si>
     <t>4.10.2019</t>
   </si>
   <si>
     <t>27.9.2019</t>
   </si>
   <si>
     <t>20.9.2019</t>
   </si>
   <si>
     <t>12.4.2019</t>
   </si>
   <si>
     <t>Jiří Partl</t>
   </si>
   <si>
     <t>Karel Hlisnikovský</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>20.11.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>30.10.2024</t>
   </si>
   <si>
     <t>9.10.2024</t>
   </si>
   <si>
     <t>25.9.2024</t>
@@ -258,53 +261,50 @@
     <t>20.9.2023</t>
   </si>
   <si>
     <t>29.3.2023</t>
   </si>
   <si>
     <t>22.2.2023</t>
   </si>
   <si>
     <t>9.11.2022</t>
   </si>
   <si>
     <t>19.10.2022</t>
   </si>
   <si>
     <t>28.9.2022</t>
   </si>
   <si>
     <t>21.9.2022</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>9.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.2.2022</t>
   </si>
   <si>
     <t>Michaela Vaníčková</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>8.12.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>Anna Partlová</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
@@ -1631,54 +1631,54 @@
       </c>
       <c r="O13" s="7">
         <v>100</v>
       </c>
       <c r="P13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="7" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>60</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>61</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>63</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>64</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>66</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>67</v>
       </c>
@@ -1694,211 +1694,211 @@
       <c r="S15" s="7" t="s">
         <v>71</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>72</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>73</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>74</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AA15" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB15" s="7" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AD15" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE15" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>401</v>
+      </c>
+      <c r="D16" s="5">
         <v>413</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>433</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>418</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>403</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>388</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>424</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>427</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>415</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>431</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>411</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>447</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>394</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>469</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>403</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>427</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>412</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>366</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>430</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>447</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>431</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>389</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>417</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>427</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>419</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>450</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>416</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>419</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>422</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="5">
         <v>120</v>
       </c>
       <c r="E17" s="5">
         <v>120</v>
       </c>
       <c r="F17" s="5">
         <v>120</v>
       </c>
       <c r="G17" s="5">
         <v>120</v>
       </c>
-      <c r="H17" s="7">
-        <v>100</v>
+      <c r="H17" s="5">
+        <v>120</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
       <c r="K17" s="7">
         <v>100</v>
       </c>
       <c r="L17" s="7">
         <v>100</v>
       </c>
-      <c r="M17" s="5">
+      <c r="M17" s="7">
+        <v>100</v>
+      </c>
+      <c r="N17" s="5">
         <v>120</v>
       </c>
-      <c r="N17" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
-      <c r="P17" s="5">
+      <c r="P17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q17" s="5">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
       <c r="W17" s="7">
         <v>100</v>
       </c>
       <c r="X17" s="7">
         <v>100</v>
       </c>
       <c r="Y17" s="7">
         <v>100</v>
       </c>
@@ -1925,51 +1925,51 @@
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>85</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>13</v>
       </c>
@@ -3065,102 +3065,102 @@
       <c r="E35" s="7" t="s">
         <v>115</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>116</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>117</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>118</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>119</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>120</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>121</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>122</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>123</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>124</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>125</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>455</v>
       </c>
       <c r="D36" s="4">
         <v>423</v>
       </c>
       <c r="E36" s="4">
         <v>386</v>
       </c>
       <c r="F36" s="4">
         <v>429</v>
       </c>
       <c r="G36" s="4">
@@ -3332,51 +3332,51 @@
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>116</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>117</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>86</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>20</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>125</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>41</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>127</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>128</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>129</v>
       </c>
@@ -3548,322 +3548,322 @@
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>370</v>
       </c>
       <c r="D48" s="4">
         <v>373</v>
       </c>
       <c r="E48" s="4">
         <v>394</v>
       </c>
       <c r="F48" s="4">
         <v>403</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>100</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>58</v>
       </c>
       <c r="G51" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H51" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="H51" s="7" t="s">
+      <c r="I51" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="I51" s="7" t="s">
+      <c r="J51" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="J51" s="7" t="s">
+      <c r="K51" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="K51" s="7" t="s">
+      <c r="L51" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="L51" s="7" t="s">
+      <c r="M51" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="M51" s="7" t="s">
+      <c r="N51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="N51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P51" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="P51" s="7" t="s">
+      <c r="Q51" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="Q51" s="7" t="s">
+      <c r="R51" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="R51" s="7" t="s">
+      <c r="S51" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="S51" s="7" t="s">
+      <c r="T51" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="T51" s="7" t="s">
+      <c r="U51" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="U51" s="7" t="s">
+      <c r="V51" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="V51" s="7" t="s">
+      <c r="W51" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="W51" s="7" t="s">
+      <c r="X51" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="X51" s="7" t="s">
+      <c r="Y51" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="Y51" s="7" t="s">
+      <c r="Z51" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="Z51" s="7" t="s">
+      <c r="AA51" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AA51" s="7" t="s">
+      <c r="AB51" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="AB51" s="7" t="s">
+      <c r="AC51" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AC51" s="7" t="s">
+      <c r="AD51" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AD51" s="7" t="s">
+      <c r="AE51" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AE51" s="7" t="s">
+      <c r="AF51" s="7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
+        <v>416</v>
+      </c>
+      <c r="D52" s="5">
         <v>422</v>
       </c>
-      <c r="D52" s="5">
+      <c r="E52" s="5">
         <v>389</v>
       </c>
-      <c r="E52" s="5">
+      <c r="F52" s="5">
         <v>441</v>
       </c>
-      <c r="F52" s="5">
+      <c r="G52" s="5">
         <v>425</v>
       </c>
-      <c r="G52" s="5">
+      <c r="H52" s="5">
         <v>429</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>441</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>461</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>408</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>429</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>427</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>437</v>
       </c>
-      <c r="N52" s="5">
+      <c r="O52" s="5">
         <v>419</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>437</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>387</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>400</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>436</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>420</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>444</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>410</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>404</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>409</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>415</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>414</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>444</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>433</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>423</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>418</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>412</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="5">
         <v>120</v>
       </c>
       <c r="D53" s="5">
         <v>120</v>
       </c>
       <c r="E53" s="5">
         <v>120</v>
       </c>
       <c r="F53" s="5">
         <v>120</v>
       </c>
       <c r="G53" s="5">
         <v>120</v>
       </c>
-      <c r="H53" s="7">
-        <v>100</v>
+      <c r="H53" s="5">
+        <v>120</v>
       </c>
       <c r="I53" s="7">
         <v>100</v>
       </c>
       <c r="J53" s="7">
         <v>100</v>
       </c>
       <c r="K53" s="7">
         <v>100</v>
       </c>
       <c r="L53" s="7">
         <v>100</v>
       </c>
       <c r="M53" s="7">
         <v>100</v>
       </c>
-      <c r="N53" s="5">
+      <c r="N53" s="7">
+        <v>100</v>
+      </c>
+      <c r="O53" s="5">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="P53" s="7">
         <v>100</v>
       </c>
       <c r="Q53" s="7">
         <v>100</v>
       </c>
       <c r="R53" s="7">
         <v>100</v>
       </c>
       <c r="S53" s="7">
         <v>100</v>
       </c>
       <c r="T53" s="7">
         <v>100</v>
       </c>
       <c r="U53" s="7">
         <v>100</v>
       </c>
       <c r="V53" s="7">
         <v>100</v>
       </c>
       <c r="W53" s="7">
         <v>100</v>
       </c>
@@ -3905,108 +3905,108 @@
       <c r="C55" s="7" t="s">
         <v>114</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>115</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>136</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>117</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>118</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>119</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>120</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>121</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N55" s="7" t="s">
         <v>122</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Q55" s="7" t="s">
         <v>16</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T55" s="7" t="s">
         <v>141</v>
       </c>
       <c r="U55" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="V55" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="W55" s="7" t="s">
         <v>123</v>
       </c>
       <c r="X55" s="7" t="s">
         <v>124</v>
       </c>
       <c r="Y55" s="7" t="s">
         <v>23</v>
       </c>
       <c r="Z55" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AB55" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC55" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AD55" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE55" s="7" t="s">
         <v>125</v>
       </c>
       <c r="AF55" s="7" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>428</v>
       </c>
       <c r="D56" s="4">
         <v>419</v>
       </c>
       <c r="E56" s="4">
         <v>424</v>
       </c>
       <c r="F56" s="4">
         <v>389</v>
       </c>
       <c r="G56" s="4">