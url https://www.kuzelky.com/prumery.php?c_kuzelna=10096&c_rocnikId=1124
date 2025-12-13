--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -362,50 +362,53 @@
   <si>
     <t>11.12.2023</t>
   </si>
   <si>
     <t>27.11.2023</t>
   </si>
   <si>
     <t>13.3.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>Petr Jurášek</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>13.10.2025</t>
   </si>
   <si>
     <t>14.10.2024</t>
   </si>
   <si>
     <t>7.3.2022</t>
   </si>
   <si>
     <t>25.3.2019</t>
   </si>
   <si>
     <t>12.11.2018</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>1.10.2018</t>
   </si>
   <si>
     <t>16.4.2018</t>
   </si>
   <si>
     <t>29.3.2018</t>
@@ -429,53 +432,50 @@
     <t>30.10.2017</t>
   </si>
   <si>
     <t>16.10.2017</t>
   </si>
   <si>
     <t>8.4.2017</t>
   </si>
   <si>
     <t>27.3.2017</t>
   </si>
   <si>
     <t>6.3.2017</t>
   </si>
   <si>
     <t>20.2.2017</t>
   </si>
   <si>
     <t>6.2.2017</t>
   </si>
   <si>
     <t>21.1.2017</t>
   </si>
   <si>
     <t>21.11.2016</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.11.2016</t>
   </si>
   <si>
     <t>Radek Říman</t>
   </si>
   <si>
     <t>6.11.2023</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>21.2.2022</t>
   </si>
   <si>
     <t>14.2.2022</t>
   </si>
   <si>
     <t>31.1.2022</t>
   </si>
   <si>
     <t>29.11.2021</t>
   </si>
@@ -2366,233 +2366,233 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="D23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="6" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>119</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>130</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>131</v>
       </c>
       <c r="X23" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>133</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>136</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>137</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>138</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>313</v>
+      </c>
+      <c r="D24" s="4">
         <v>262</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>337</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>400</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>371</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>352</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>355</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>387</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>381</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>395</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>389</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>378</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>377</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>412</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>399</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>364</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>401</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>387</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>389</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>394</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>397</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>364</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>368</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>379</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>376</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>346</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>356</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>368</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>352</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2657,78 +2657,78 @@
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>107</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>141</v>
       </c>