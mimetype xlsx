--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -314,50 +314,53 @@
   <si>
     <t>11.12.2023</t>
   </si>
   <si>
     <t>27.11.2023</t>
   </si>
   <si>
     <t>13.3.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>Petr Jurášek</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>13.10.2025</t>
   </si>
   <si>
     <t>14.10.2024</t>
   </si>
   <si>
     <t>7.3.2022</t>
   </si>
   <si>
     <t>25.3.2019</t>
   </si>
   <si>
     <t>12.11.2018</t>
   </si>
   <si>
     <t>1.10.2018</t>
   </si>
   <si>
     <t>16.4.2018</t>
   </si>
   <si>
     <t>29.3.2018</t>
   </si>
   <si>
     <t>5.3.2018</t>
@@ -378,53 +381,50 @@
     <t>16.10.2017</t>
   </si>
   <si>
     <t>2.10.2017</t>
   </si>
   <si>
     <t>8.4.2017</t>
   </si>
   <si>
     <t>27.3.2017</t>
   </si>
   <si>
     <t>6.3.2017</t>
   </si>
   <si>
     <t>20.2.2017</t>
   </si>
   <si>
     <t>6.2.2017</t>
   </si>
   <si>
     <t>21.1.2017</t>
   </si>
   <si>
     <t>21.11.2016</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.11.2016</t>
   </si>
   <si>
     <t>Jiří Řepecký</t>
   </si>
   <si>
     <t>Libor Pšenica</t>
   </si>
   <si>
     <t>6.11.2023</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>Martin Ščerba</t>
   </si>
   <si>
     <t>Jan Ščerba</t>
   </si>
   <si>
     <t>24.10.2022</t>
   </si>
@@ -2006,233 +2006,233 @@
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="D19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="G19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>103</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>104</v>
       </c>
       <c r="M19" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>107</v>
       </c>
       <c r="Q19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>109</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>110</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>111</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>112</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>113</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>116</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>117</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>118</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>119</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>120</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>121</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>313</v>
+      </c>
+      <c r="D20" s="4">
         <v>262</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>337</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>400</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>371</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>352</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>355</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>387</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>381</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>395</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>389</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>378</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>377</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>412</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>399</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>364</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>401</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>387</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>389</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>394</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>397</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>364</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>368</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>379</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>376</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>346</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>356</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>368</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>352</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2870,233 +2870,233 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="N31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="P31" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>417</v>
+      </c>
+      <c r="D32" s="4">
         <v>400</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>413</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>425</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>410</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>418</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>432</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>412</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>401</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>381</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>417</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>406</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>364</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>339</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>367</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>409</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>382</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>409</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>397</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>395</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>421</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>411</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>418</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>370</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>376</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>442</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>367</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>399</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>415</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">