--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Výsledky hráčů družstva TJ Michalkovice A na kuželně TJ Michalkovice</t>
   </si>
   <si>
     <t>Josef Linhart</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
@@ -318,50 +318,53 @@
     <t>11.12.2023</t>
   </si>
   <si>
     <t>27.11.2023</t>
   </si>
   <si>
     <t>13.3.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>Jiří Řepecký</t>
   </si>
   <si>
     <t>Libor Pšenica</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>13.10.2025</t>
   </si>
   <si>
     <t>14.10.2024</t>
   </si>
   <si>
     <t>6.11.2023</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>Martin Ščerba</t>
   </si>
   <si>
     <t>Jan Ščerba</t>
   </si>
   <si>
     <t>24.10.2022</t>
   </si>
@@ -2807,233 +2810,233 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="N31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="P31" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="Y31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z31" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA31" s="6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AC31" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>417</v>
+      </c>
+      <c r="D32" s="4">
         <v>400</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>413</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>425</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>410</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>418</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>432</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>412</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>401</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>381</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>417</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>406</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>364</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>339</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>367</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>409</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>382</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>409</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>397</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>395</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>421</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>411</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>418</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>370</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>376</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>442</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>367</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>399</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>415</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3089,51 +3092,51 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>11</v>
       </c>
@@ -3377,51 +3380,51 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>9</v>
       </c>
@@ -3440,81 +3443,81 @@
       <c r="N39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>93</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>94</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>423</v>
       </c>
       <c r="D40" s="4">
         <v>423</v>
       </c>
       <c r="E40" s="4">
         <v>410</v>
       </c>
       <c r="F40" s="4">
         <v>424</v>
       </c>
       <c r="G40" s="4">
         <v>393</v>
       </c>
       <c r="H40" s="4">
         <v>422</v>
       </c>
       <c r="I40" s="4">