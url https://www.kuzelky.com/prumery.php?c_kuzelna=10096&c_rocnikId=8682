--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Výsledky hráčů družstva TJ Michálkovice  B na kuželně TJ Michalkovice</t>
   </si>
   <si>
     <t>Josef Paulus</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>9.12.2024</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>7.3.2022</t>
   </si>
   <si>
     <t>21.2.2022</t>
   </si>
   <si>
@@ -207,50 +207,53 @@
     <t>25.3.2023</t>
   </si>
   <si>
     <t>13.3.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>Petr Jurášek</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>13.10.2025</t>
   </si>
   <si>
     <t>14.10.2024</t>
   </si>
   <si>
     <t>25.3.2019</t>
   </si>
   <si>
     <t>12.11.2018</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>16.4.2018</t>
   </si>
   <si>
     <t>29.3.2018</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
@@ -763,51 +766,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="U37" sqref="U37"/>
+      <selection activeCell="V37" sqref="V37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1361,233 +1364,233 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="G11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="O11" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="R11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="S11" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="W11" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="X11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Y11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z11" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AD11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF11" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>313</v>
+      </c>
+      <c r="D12" s="4">
         <v>262</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>337</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>400</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>371</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>352</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>355</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>387</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>381</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>395</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>389</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>378</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>377</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>412</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>399</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>364</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>401</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>387</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>389</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>394</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>397</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>364</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>368</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>379</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>376</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>346</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>356</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>368</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>352</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1643,135 +1646,135 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>399</v>
       </c>
       <c r="D16" s="4">
         <v>392</v>
       </c>
       <c r="E16" s="4">
         <v>367</v>
       </c>
       <c r="F16" s="4">
@@ -1931,144 +1934,144 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>378</v>
       </c>
       <c r="D20" s="4">
         <v>402</v>
       </c>
       <c r="E20" s="4">
         <v>393</v>
       </c>
       <c r="F20" s="4">
         <v>399</v>
       </c>
       <c r="G20" s="4">
         <v>350</v>
       </c>
       <c r="H20" s="4">
         <v>412</v>
       </c>
       <c r="I20" s="4">
@@ -2219,141 +2222,141 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>363</v>
       </c>
       <c r="D24" s="4">
         <v>380</v>
       </c>
       <c r="E24" s="4">
         <v>353</v>
       </c>
       <c r="F24" s="4">
         <v>366</v>
       </c>
       <c r="G24" s="4">
         <v>391</v>
       </c>
       <c r="H24" s="4">
@@ -2507,239 +2510,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="N27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Q27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="Y27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z27" s="6" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>81</v>
+        <v>105</v>
       </c>
       <c r="AB27" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AC27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AE27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF27" s="6" t="s">
-        <v>61</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>417</v>
+      </c>
+      <c r="D28" s="4">
         <v>400</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>413</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>425</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>410</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>418</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>432</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>412</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>401</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>381</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>417</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>406</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>364</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>339</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>367</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>409</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>382</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>409</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>397</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>395</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>421</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>411</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>418</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>370</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>376</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>442</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>367</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>399</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>415</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2795,239 +2798,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="O31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q31" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="V31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W31" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="X31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="AC31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD31" s="6" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AE31" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="AF31" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>349</v>
+      </c>
+      <c r="D32" s="4">
         <v>379</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>376</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>391</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>390</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>352</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>357</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>361</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>378</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>373</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>371</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>374</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>389</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>371</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>348</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>358</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>361</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>333</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>363</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="W32" s="4">
         <v>363</v>
       </c>
       <c r="X32" s="4">
+        <v>363</v>
+      </c>
+      <c r="Y32" s="4">
         <v>309</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>346</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>328</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>376</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>363</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>364</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>347</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3083,172 +3086,178 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="N35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O35" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="U35" s="6" t="s">
-        <v>81</v>
+      <c r="V35" s="6" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>345</v>
+      </c>
+      <c r="D36" s="4">
         <v>380</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>394</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>414</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>334</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>348</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>382</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>378</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>376</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>378</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>342</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>338</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>364</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>354</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>356</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>330</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>315</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>355</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>337</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>282</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
@@ -3267,50 +3276,53 @@
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
+        <v>100</v>
+      </c>
+      <c r="V37" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>