--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -874,51 +874,51 @@
       </c>
       <c r="D35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="4">
-        <v>296</v>
+        <v>470</v>
       </c>
       <c r="D36" s="4">
         <v>504</v>
       </c>
       <c r="E36" s="4">
         <v>438</v>
       </c>
       <c r="F36" s="4">
         <v>449</v>
       </c>
       <c r="G36" s="4">
         <v>452</v>
       </c>
       <c r="H36" s="4">
         <v>455</v>
       </c>
       <c r="I36" s="4">
         <v>468</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="4">